--- v0 (2025-10-10)
+++ v1 (2025-12-15)
@@ -1,1640 +1,3808 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="279" w:line="322" w:lineRule="exact"/>
         <w:ind w:left="20"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ALYTAUS R. DAUGŲ VLADO MIRONO GIMNAZIJA</w:t>
       </w:r>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
         <w:t>(Kodas 190244044)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="5420"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000177DE" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    <w:p w:rsidR="009224F4" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="5420"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Alytaus r. Daugų Vlado Mirono </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="00A3291A">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="5420"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>imnazijos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>irektoriaus</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+      <w:r w:rsidR="00A3291A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pavaduotojos ugdymui, vykdančios direktoriaus funkcijas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00180B93" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:pStyle w:val="Bodytext20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-        <w:spacing w:before="0"/>
-        <w:ind w:left="5420"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="7682"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="318"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-        <w:rPr>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Almanto Jakimavičiaus</w:t>
-[...9 lines deleted...]
-        <w:spacing w:before="0" w:after="318"/>
+        <w:t xml:space="preserve">                                                                                          </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00180B93">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D87466">
+        <w:t>2025 m. gruodžio 8 d. įsakymu Nr. V1-</w:t>
+      </w:r>
+      <w:r w:rsidR="00141F32" w:rsidRPr="00180B93">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                  </w:t>
-[...51 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>95</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="20"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ŪKVEDŽIO PAREIGYBĖS APRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:ind w:left="20"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3934"/>
         </w:tabs>
         <w:spacing w:after="146" w:line="240" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">                                                         I. BENDROJI DALIS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
-[...76 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRDefault="009224F4" w:rsidP="009D4D1A">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ūkvedžio pareigybės aprašymas reglamentuoja šią pareigybę užimančio darbuotojo veiklą. Ūkvedžio pareigybė priklauso specialistų grupei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>B lygio pareigyb</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00904CF0" w:rsidRDefault="009224F4" w:rsidP="005B7608">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00904CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pareigybės paskirtis: organizuoti </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Alytaus r. Daugų Vlado Mirono</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gimnazijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Alovės</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pagrindinio ugdymo, Daugų </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ikimokyklinio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymo ir </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Venciūnų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ikimokyklinio ugdymo skyrių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atliekamas ūkines operacijas, jas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>planuoti, rūpintis turto saugumu, jo atnaujinimu ir pildymu, organizuoti ir prižiūrėti tiesiogiai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00904CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>pavaldaus pagalbinio personalo darbą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00904CF0" w:rsidRDefault="009224F4" w:rsidP="005B7608">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00904CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ūkved</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ys planuoja, organizuoja ir vadovauja gimnazijos ir jos skyrių aptarnaujančio personalo darbui, užtikrina, kad gimnazijos ir jos skyrių pastatai būtų tinkamai prižiūrėti ir tikslingai naudojami. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="005B7608">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ūkvedį skiria pareigoms ir atleidžia iš pareigų, sudaro rašytinę darbo sutartį gimnazijos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>direktorius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Dirbdamas ūkvedys privalo laikytis nustatytos darbo tvarkos, kurią reglamentuoja gimnazijos darbo tvarkos taisyklės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Ūkvedys yra pavaldus gimnazijos direktoriui.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Betarp"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="750"/>
         </w:tabs>
         <w:spacing w:after="170" w:line="240" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">    II. SPECIALŪS REIKALAVIMAI ŠIAS PAREIGAS EINANČIAM DARBUOTOJUI</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>II. SPECIALŪS REIKALAVIMAI ŠIAS PAREIGAS EINANČIAM DARBUOTOJUI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1547"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...6 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Ūkvedžiui keliami kvalifikacijai reikalavimai:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1702"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...6 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ūkvedys privalo turėti aukštesnįjį ar jam prilygstantį išsilavinimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1702"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2. Ūkvedys dirba vadovaudamasis Lietuvos Respublikos darbo kodeksu, Lietuvos Respublikos darbuotojų saugos ir sveikatos įstatymu ir kitais Lietuvos Respublikos įstatymais, liečiančiais mokyklos veiklą, Lietuvos Respublikos higienos normomis, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Alytaus r. Daugų Vlado Mirono</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gimnazijos nuostatais, šiuo aprašymu, gimnazijos direktoriaus įsakymais ir kitais teisės aktais, liečiančias mokyklos veiklą, geba bendrauti su darbuotojais ir mokiniais, žino buhalterinės apskaitos pagrindus, priešgaisrinės saugos, saugaus darbo taisykles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...6 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.  Ūkvedys turi žinoti ir išmanyti:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1706"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1. saugumo techniką dirbant su įrenginiais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1706"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.2. ataskaitų pateikimo tvarką ir terminus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1706"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.3. medžiagų sunaudojimo ir nurašymo tvarką</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1706"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.4. atsiskaitymų už įrenginius, žaliavas, pagamintą produkciją tvarką;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1706"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.5. įstaigos veiklos sritis, įstaigos struktūrą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1706"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.6. darbo organizavimo tvarką;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1664"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.7. darbuotojų saugos ir sveikatos, gaisrinės saugos, apsaugos nuo elektros reikalavimus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1664"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.8. išmanyti viešųjų pirkimų planavimą, organizavimą ir vykdymo procedūras;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1664"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.9. dirbti kompiuteriu MS Windows, MS Office (Word, Excel ir kt.), CVP IS programoms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1547"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...6 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Ūkvedys privalo vadovautis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1706"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...6 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1. Lietuvos Respublikos įstatymais ir poįstatyminiais aktais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1664"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2. Lietuvos Respublikos Vyriausybės nutarimais ir kitais Lietuvos Respublikoje galiojančiais </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>norminiais aktais, reglamentuojančiais biudžetinių įstaigų veiklą, darbo santykius, darbuotojų saugą ir sveikatą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1706"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...6 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.3. vidaus darbo tvarkos taisyklėmis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1706"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...6 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.4. darbo sutartimi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1706"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...11 lines deleted...]
-        <w:spacing w:line="274" w:lineRule="exact"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.5. šiuo pareigybės aprašymu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1669"/>
+        </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...214 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.6. kitais įstaigos lokaliniais dokumentais (įsakymais, potvarkiais, nurodymais, taisyklėmis ir pan.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1866"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">                      III. ŠIAS PAREIGAS EINANČIO DARBUOTOJO FUNKCIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1866"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1547"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">           8.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="005B7608">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>Ūkvedys  atlieka šias funkcijas:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1547"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1. Rūpinasi gimnazijos materialiniais ir informaciniais ištekliais, patalpų paruošimu darbui, sanitarijos ir higienos reikalavimų laikymusi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.2. Tikrina apšvietimo, šildymo, kanalizacijos, vandentiekio būklę, organizuoja gedimų šalinimą, užtikrina normalų šių sistemų veikimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.3. Suderin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ęs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> su gimnazijos direktoriumi organizuoja savalaikį gimnazijos patalpų remontą, kontroliuoja jo kokybę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.4. Organizuoja aptarnaujančio personalo darbą ir kontroliuoja jo kokybę, pagal Vyriausybės nustatytą tvarką vertina pavaldžių darbuotojų darbą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.5. Rūpinasi gimnazijos pastatų ir turto apsauga, tinkama pastatų eksploatacija.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.6. Organizuoja priešgaisrinę gimnazijos apsaugą ir kontroliuoja priešgaisrinės apsaugos normų ir reikalavimų laikymąsi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.7. Užtikrina saugių mokymosi ir darbo sąlygų sudarymą gimnazijoje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.8. Organizuoja mokinių ir ikimokyklinio ugdymo grup</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaikų maitinimą, kontroliuoja visų su maitinimu susijusių reikalavimų laikymąsi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.9. Organizuoja toliau kaip 3 kilometrai nuo gimnazijos gyvenančių mokinių pav</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>žėjimą, kontroliuoja jo kokybę ir sprendžia iškilusias problemas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.10. Išrašo kelionės lapus vairuotojui, rūpinasi kuro apskaita.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Veda gimnazijos darbuotojams darbų saugos ir sveikatos instruktažus (įvadinius ir darbo vietoje).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Kontroliuoja gimnazijos darbuotojų darbų saugos ir sveikatos normų ir reikalavimų laikymąsi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Rengia direktoriaus įsakymų, susijusių su kontroliuojamomis veiklos sritimis, projektus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Rengia pavaldžių darbuotojų pareigybių aprašymų projektus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Veda materialinių vertybių (ūkinio inventoriaus ir medžiagų apskaitą) ir yra materialiai atsakingas už pavestą saugoti turtą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Kartu su už turto apskaitą atsakingu darbuotoju ir inventorizacijos komisija sudaro ilgalaikio turto ir atsargų inventorizacijos aprašo-sutikrinimo žiniaraščius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Kartu su inventorizacijos komisija parengia siūlomo nurašyti ilgalaikio turto ir siūlomų nurašyti atsargų sąrašus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Esant reikalui rengia  ilgalaikio turto perdavimo-priėmimo aktus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Rengia ilgalaikio turto perdavimo naudoti veikloje ir nutraukimo naudoti veikloje aktus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="005B7608" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="009224F4" w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="009224F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="009224F4" w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Reguliariai atsiskaito gimnazijos direktoriui už nuveiktą darbą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Raštu praneša gimnazijos direktoriui ar jo įgaliotam asmeniui apie įtarimus, kad vaikas ar mokinys galimai patyrė smurtą artimoje aplinkoje. Rašte turi būti fiksuoti požymiai ir visos aplinkybės, kurios sukėlė įtarimą dėl smurto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="003E4FC8" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Įsikiša įtarus ir/ar pastebėjus smurtą ar patyčias – nutraukia bet kokius tokį įtarimą keliančius veiksmus. Jei asmeniui reikia pagalbos, kreipiasi į pagalbą galinčius suteikti asmenis ar institucijas (pvz., policija, greitoji pagalba). Nedelsiant, bet ne vėliau kaip kitą darbo dieną informuoja klasės auklėtoją apie įtariamas ir/ar įvykusias patyčias, elektroninių patyčių atveju pateikia išsaugotus įrodymus arba gimnazijos raštinėje užpildo pranešimo apie</w:t>
+      </w:r>
+      <w:r w:rsidR="00141F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>patyčias formą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1547"/>
+        </w:tabs>
+        <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...9 lines deleted...]
-          <w:tab w:val="left" w:pos="1659"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4FC8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Vykdo kitus nenuolatinio pobūdžio gimnazijos direktoriaus pavedimus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1702"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...6 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10.24</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Organizuoja d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>arbų ir civilinės saugos bei gaisrinės saugos užsiėmim</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gimnazijos darbuotoja</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1702"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>25. Rengia E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>kstremalių situacijų prevencinių priemonių plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1702"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>8.4. veda žaliavų, produkcijos, įrenginių ir įrankių apskaitą;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>0.26</w:t>
+      </w:r>
+      <w:r w:rsidR="005B7608">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Organizuoja v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ieš</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>uosius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pirkim</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>us.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1702"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>8.5. nurašo susidėvėjusį inventorių, panaudotas žaliavas, kitas materialines vertybes;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>0.27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Tvarko k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>atilinės dokumentacij</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">teikia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ataskait</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>as.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRDefault="009224F4" w:rsidP="005B7608">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1702"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">8.6. laiku informuoja vadovą apie nelaimingus atsitikimus, autoįvykius keliuose ir kitus pažeidimus, gaisrus bei </w:t>
-[...19 lines deleted...]
-          <w:tab w:val="left" w:pos="1664"/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>28. Vykdo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>okyklinių vadovėlių apskaitą ir užsakymą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B7608" w:rsidRPr="00D87466" w:rsidRDefault="005B7608" w:rsidP="005B7608">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1702"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...152 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="170" w:line="240" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">                                         IV. ATSAKOMYBĖ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1582"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>15.  Ūkvedys  atsako už:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.  Ūkvedys  atsako už:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1706"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>15.1. jam patikėtų įrankių teisingą eksploatavimą bei priežiūrą;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1. jam patikėtų įrankių teisingą eksploatavimą bei priežiūrą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1706"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>15.2. sklandų jam pavestų remonto darbų atlikimą;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.2. sklandų jam pavestų remonto darbų atlikimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1706"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>15.3. kokybišką ir savalaikį savo pareigų atlikimą;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.3. kokybišką ir savalaikį savo pareigų atlikimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1706"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>15.4. patikėtų materialinių vertybių saugojimą;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.4. patikėtų materialinių vertybių saugojimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1706"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>15.5. patikėtos informacijos išsaugojimą;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.5. patikėtos informacijos išsaugojimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1706"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>15.6. teisingą darbo laiko naudojimą.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.6. teisingą darbo laiko naudojimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1706"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>15.7. darbo drausmės pažeidimus;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.7. darbo drausmės pažeidimus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1706"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>15.8. žalą, padarytą įstaigai dėl savo kaltės ar neatsargumo;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.8. žalą, padarytą įstaigai dėl savo kaltės ar neatsargumo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1664"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>15.9. darbuotojų saugos ir sveikatos, gaisrinės saugos, apsaugos nuo elektros reikalavimų vykdymą.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.9. darbuotojų saugos ir sveikatos, gaisrinės saugos, apsaugos nuo elektros reikalavimų vykdymą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">16. Ūkvedys </w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t xml:space="preserve">12. Ūkvedys </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>privalo laikytis gimnazijos vidaus tvarkos taisyklių Nr. 1 nurodytų reikalavimų: priėmimo tvarkos, darbo santykių ir elgesio normų, gimnazijos turto naudojimo ir apsaugos reikalavimų, nurodyto darbo ir poilsio laiko.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>17. Užtikrinant mokinių saugumą, bendradarbiauti su klasės auklėtojais, mokytojais, švietimo pagalbos specialistais, gimnazijos administracija. Pastebėjus nelaimingą atsitikimą, įtarus mokinį vartojus alkoholį imtis veiksmų, kurie numatyti visuomenės sveikatos priežiūros organizavimo gimnazijoje nustatytose tvarkose.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Užtikrinant mokinių saugumą, bendradarbiauti su klasės auklėtojais, mokytojais, švietimo pagalbos specialistais, gimnazijos administracija. Pastebėjus nelaimingą atsitikimą, įtarus mokinį vartojus alkoholį imtis veiksmų, kurie numatyti visuomenės sveikatos priežiūros organizavimo gimnazijoje nustatytose tvarkose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">         18. Pastebėjęs patyčias, smurtą arba kitą netinkamą mokinių elgesį, ūkvedys  privalo nedelsiant jį stabdyti ir apie įvykį pranešti klasės auklėtojui, budinčiam vadovui arba administracijai. Pranešimas turi būti užregistruotas laikantis nustatytos smurto ir patyčių atvejų registravimo tvarkos. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t xml:space="preserve">         1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Pastebėjęs patyčias, smurtą arba kitą netinkamą mokinių elgesį, ūkvedys  privalo nedelsiant jį stabdyti ir apie įvykį pranešti klasės auklėtojui, budinčiam vadovui arba administracijai. Pranešimas turi būti užregistruotas laikantis nustatytos smurto ir patyčių atvejų registravimo tvarkos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl/>
-        <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">    19. Ūkvedys  privalo pranešti klasės auklėtojui, administracijai apie jam žinomus patyčių arba smurto atvejus, dalyvauti veiklose, kurios numatytos vykdomose gimnazijoje patyčių prevencijos programose.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+        <w:t xml:space="preserve">    1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Ūkvedys  privalo pranešti klasės auklėtojui, administracijai apie jam žinomus patyčių arba smurto atvejus, dalyvauti veiklose, kurios numatytos vykdomose gimnazijoje patyčių prevencijos programose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1606"/>
         </w:tabs>
-        <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...6 lines deleted...]
-    <w:p w:rsidR="000177DE" w:rsidRPr="00D87466" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Ūkvedys už savo pareigų netinkamą vykdymą atsako darbo vidaus tvarkos taisyklių ir Lietuvos Respublikos įstatymų nustatyta tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRDefault="009224F4" w:rsidP="009224F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1602"/>
         </w:tabs>
-        <w:spacing w:after="867" w:line="274" w:lineRule="exact"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D87466">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">21. Ūkvedys už darbo drausmės pažeidimus gali būti traukiamas </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D87466">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ūkvedys už darbo drausmės pažeidimus gali būti traukiamas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>drausminėn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D87466">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> atsakomybėn. Drausminę nuobaudą skiria įstaigos vadovas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC5078" w:rsidRDefault="000177DE" w:rsidP="000177DE">
+    <w:p w:rsidR="009224F4" w:rsidRPr="00D87466" w:rsidRDefault="009224F4" w:rsidP="009224F4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1602"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRDefault="002249FE" w:rsidP="002F0369">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1630"/>
+        </w:tabs>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRDefault="002249FE" w:rsidP="002F0369">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1630"/>
+        </w:tabs>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Susipažinau ir įsipareigoju vykdyti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F0369" w:rsidRDefault="002F0369" w:rsidP="002F0369">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1630"/>
+        </w:tabs>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F0369" w:rsidRDefault="002F0369" w:rsidP="002F0369">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1630"/>
+        </w:tabs>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRPr="002F0369" w:rsidRDefault="002F0369" w:rsidP="002F0369">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1630"/>
+        </w:tabs>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F0369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  (parašas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F0369" w:rsidRPr="002F0369" w:rsidRDefault="002F0369" w:rsidP="002F0369">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1630"/>
+        </w:tabs>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F0369" w:rsidRPr="002F0369" w:rsidRDefault="002F0369" w:rsidP="002F0369">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1630"/>
+        </w:tabs>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F0369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009224F4" w:rsidRDefault="009224F4" w:rsidP="002F0369">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1630"/>
+        </w:tabs>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F0369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F0369" w:rsidRPr="002F0369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         (vardas ir pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F0369" w:rsidRDefault="002F0369" w:rsidP="002F0369">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1630"/>
+        </w:tabs>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F0369" w:rsidRDefault="002F0369" w:rsidP="002F0369">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1630"/>
+        </w:tabs>
+        <w:ind w:left="-142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRPr="002F0369" w:rsidRDefault="002F0369" w:rsidP="002F0369">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1630"/>
         </w:tabs>
         <w:spacing w:after="1167" w:line="274" w:lineRule="exact"/>
         <w:ind w:left="-142"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F0369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    (data)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRDefault="002249FE" w:rsidP="002249FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AD6A071" wp14:editId="06D5C66D">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>3702050</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>53340</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="688975" cy="628015"/>
+            <wp:effectExtent l="0" t="0" r="0" b="635"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="6" name="Paveikslėlis 6" descr="Herbasn"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="Herbasn"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="688975" cy="628015"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRDefault="002249FE" w:rsidP="002249FE">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ALYTAUS R. DAUGŲ VLADO MIRONO GIMNAZIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRDefault="002249FE" w:rsidP="002249FE">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>DIREKTORIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRDefault="002249FE" w:rsidP="002249FE">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRPr="003E45B1" w:rsidRDefault="002249FE" w:rsidP="002249FE">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ĮSAKYMAS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRPr="00844F66" w:rsidRDefault="002249FE" w:rsidP="002249FE">
+      <w:pPr>
+        <w:ind w:left="113" w:right="113"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00844F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">DĖL </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ŪKVEDŽIO PAREIGYBĖS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> APRAŠYM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00844F66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TVIRTINIMO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRDefault="002249FE" w:rsidP="002249FE">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRDefault="002249FE" w:rsidP="002249FE">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 m. gruodžio        d. Nr. V1- </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRPr="002249FE" w:rsidRDefault="002249FE" w:rsidP="002249FE">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002249FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>Daugai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRDefault="002249FE" w:rsidP="002249FE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRDefault="002249FE" w:rsidP="002249FE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">             Vadovaudamasi </w:t>
+      </w:r>
+      <w:r w:rsidR="002F0369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Alytaus rajono savivaldybės mero</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018 m. </w:t>
+      </w:r>
+      <w:r w:rsidR="002F0369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>gegužės 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. </w:t>
+      </w:r>
+      <w:r w:rsidR="002F0369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">potvarkiu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nr. </w:t>
+      </w:r>
+      <w:r w:rsidR="002F0369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>K2-63</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Dėl </w:t>
+      </w:r>
+      <w:r w:rsidR="002F0369">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Alytaus r. Daugų Vlado Mirono gimnazijos direktoriaus pareigybės aprašymo  patvirtinimo“ 4.3 punktu,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRDefault="002F0369" w:rsidP="002F0369">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             t</w:t>
+      </w:r>
+      <w:r w:rsidR="002249FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D87466">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00EC5078" w:rsidSect="000177DE">
+      <w:r w:rsidR="002249FE" w:rsidRPr="00CA3B97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="002249FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i r t i n u Alytaus r. Daugų Vlado Mirono gimnazijos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ūkvedžio</w:t>
+      </w:r>
+      <w:r w:rsidR="002249FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pareigyb</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ės</w:t>
+      </w:r>
+      <w:r w:rsidR="002249FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aprašym</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidR="002249FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002249FE" w:rsidRPr="00CA3719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>(pridedama)</w:t>
+      </w:r>
+      <w:r w:rsidR="002249FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002249FE" w:rsidRPr="00A2665D" w:rsidRDefault="002249FE" w:rsidP="00A2665D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00120AAC" w:rsidRPr="00A2665D" w:rsidRDefault="00120AAC" w:rsidP="00A2665D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008F78CB" w:rsidRDefault="00120AAC" w:rsidP="008F78CB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2532"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2665D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Direktoriaus pavaduotoja ugdymui,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A2665D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008F78CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="008F78CB" w:rsidRPr="00A2665D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Raimonda Šila</w:t>
+      </w:r>
+      <w:r w:rsidR="008F78CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lė</w:t>
+      </w:r>
+      <w:r w:rsidR="00141F32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00120AAC" w:rsidRPr="00A2665D" w:rsidRDefault="00120AAC" w:rsidP="008F78CB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2532"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2665D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>vykdanti direktoriaus funkcijas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00120AAC" w:rsidRPr="00A2665D" w:rsidRDefault="00120AAC" w:rsidP="008F78CB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00120AAC" w:rsidRPr="00A2665D" w:rsidRDefault="00120AAC" w:rsidP="008F78CB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00120AAC" w:rsidRDefault="00120AAC"/>
+    <w:sectPr w:rsidR="00120AAC" w:rsidSect="000177DE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="851" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="TimesLT">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CE83315"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0D140404"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000177DE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EC5078"/>
+    <w:rsidRoot w:val="009224F4"/>
+    <w:rsid w:val="00120AAC"/>
+    <w:rsid w:val="00141F32"/>
+    <w:rsid w:val="00180B93"/>
+    <w:rsid w:val="00197E2E"/>
+    <w:rsid w:val="002249FE"/>
+    <w:rsid w:val="002F0369"/>
+    <w:rsid w:val="005B7608"/>
+    <w:rsid w:val="00767F5A"/>
+    <w:rsid w:val="00791007"/>
+    <w:rsid w:val="008F78CB"/>
+    <w:rsid w:val="009224F4"/>
+    <w:rsid w:val="009D4D1A"/>
+    <w:rsid w:val="00A2665D"/>
+    <w:rsid w:val="00A3291A"/>
+    <w:rsid w:val="00EB4989"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="lt-LT"/>
+  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{9AE19923-B164-4D3D-95D8-B54C20B93266}"/>
+  <w15:docId w15:val="{7B904ABC-E29D-4F24-AAF7-BC9BE6849B4A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1653,51 +3821,51 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
@@ -1962,257 +4130,344 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="000177DE"/>
+    <w:rsid w:val="009224F4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Bodytext2">
     <w:name w:val="Body text (2)_"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Bodytext20"/>
-    <w:rsid w:val="000177DE"/>
+    <w:rsid w:val="009224F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodytext20">
     <w:name w:val="Body text (2)"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="Bodytext2"/>
-    <w:rsid w:val="000177DE"/>
+    <w:rsid w:val="009224F4"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="300" w:line="274" w:lineRule="exact"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000177DE"/>
+    <w:rsid w:val="009224F4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Betarp">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="009224F4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lt-LT" w:bidi="lt-LT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="PavadinimasDiagrama"/>
+    <w:qFormat/>
+    <w:rsid w:val="002249FE"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesLT" w:eastAsia="Times New Roman" w:hAnsi="TimesLT" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
+    <w:name w:val="Pavadinimas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Pavadinimas"/>
+    <w:rsid w:val="002249FE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="TimesLT" w:eastAsia="Times New Roman" w:hAnsi="TimesLT" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2321,72 +4576,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1858</Characters>
+  <Pages>4</Pages>
+  <Words>6031</Words>
+  <Characters>3438</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5105</CharactersWithSpaces>
+  <CharactersWithSpaces>9451</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>admin</dc:creator>
+  <dc:creator>Daugų Gimnazija</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>