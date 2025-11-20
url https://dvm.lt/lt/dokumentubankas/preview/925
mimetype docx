--- v0 (2025-10-10)
+++ v1 (2025-11-20)
@@ -1,5928 +1,7948 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
-[...3 lines deleted...]
-    <w:p w14:paraId="205D7ADB" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+    <w:p w14:paraId="6759748D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822"/>
+    <w:p w14:paraId="6DD92F8B" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Daugų Vlado Mirono gimnazijos Alovės pagrindinio ugdymo skyriaus</w:t>
+        <w:t>Daugų</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vlado </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Mirono</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gimnazijos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Alovės</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pagrindinio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ugdymo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>skyriaus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="098E4721" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+    <w:p w14:paraId="4001DE08" w14:textId="15DDD155" w:rsidR="00680822" w:rsidRDefault="00505B76">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Pradinių klasių pamokų tvarkaraštis 2024-2025 m.m. I pusmetis</w:t>
+        <w:t>Pradinių</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>klasių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pamokų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>tvarkaraštis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025-20</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14D3F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>m.m.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pusmetis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+    <w:p w14:paraId="22AFC089" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="13620" w:type="dxa"/>
         <w:tblInd w:w="709" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1425"/>
         <w:gridCol w:w="1320"/>
         <w:gridCol w:w="2085"/>
         <w:gridCol w:w="2265"/>
         <w:gridCol w:w="2265"/>
         <w:gridCol w:w="2130"/>
         <w:gridCol w:w="2130"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="070CDD3C" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="48D3D18C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B7A0343" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22DC03B9" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="17CB3C0D" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D8796A3" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pirmadienis</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5D9C3BF1" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05AAE188" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Antradienis</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="594004F0" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="079ACAB1" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Trečiadienis</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="2B11F4D4" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="585EA930" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ketvirtadienis</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="42C1006D" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="428D7BD1" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Penktadienis</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="2B156F4D" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="14C0B6C1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="011AD2C9" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mokytoja</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D152436" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F1B187E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="41C8F396" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D8755F1" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BF8D2EC" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="0D0B940D" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63C06F70" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="0E27B00A" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6880155E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="515E63F7" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="43EF5CA2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="176"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="60061E4C" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="402FCA67" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="0474A56B" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E51FEED" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+          <w:p w14:paraId="09FA9EBD" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Sigutė Kaminskienė</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">Gitana </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Platūkytė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1 klasė</w:t>
-            </w:r>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Vilkauskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6EA87A38" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>klasė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="0135CBF0" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5065B413" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Lietuvių k.</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68BA0EF2" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44DC5625" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Muzika</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53E1A96C" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="132D883A" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Lietuvių k.</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54CFD370" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="1A21C8AD" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="3B09D0C6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="4B94D5A5" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50C190BC" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="47886996" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CDA6CFE" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Muzika</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="529406F1" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Lietuvių k.</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13DB2E02" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Lietuvių k.</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A80D020" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1ABD4DD1" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Lietuvių k.</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B5F1DDE" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="5E2242CD" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="0AD7CCC6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="029B10FA" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="1F75A9DD" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11E70085" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="660B9C8C" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Matematika</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66819A79" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Gamtos mokslai</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="150FF837" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Fizinis ugdymas</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20B20ACF" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tikyba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/ Etika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69555CD8" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Technologijos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="143049D0" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="46B77CEF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="13D7768A" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="0F9ABB3F" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BEB3EDC" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AD756A4" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52238773" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3810379F" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6132975E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Šokis</w:t>
             </w:r>
-          </w:p>
-[...50 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...44 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CE5CB5C" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Visuomeninis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="38359F46" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="14D26C84" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0840C80D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="56C72689" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38474B6D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="222570FD" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gamtos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mokslai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="116C4BF7" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Klasės</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>valandėlė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02AB0319" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...24 lines deleted...]
-              <w:t>, Pagalba mokiniui</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75A28AAE" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77AF22AE" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pagalba </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mokiniui</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="5DF61B4C" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="1941EB71" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6799CECE" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="4BC6DBBF" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="129FA049" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10D4D622" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="62486C05" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50278003" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="2F9CC479" w14:textId="60D0DC0B" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1666CCA2" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="4101652C" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00C518A7" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="4B99056E" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="244F822E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="45CB103B" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="10A7B63F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1299C43A" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="10F20D08" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="669988BF" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30EAA5DD" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="4DDBEF00" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34E9E916" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="3461D779" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C9FD25D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="3CF2D8B6" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A56020D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="0FB78278" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0099A121" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="1FC39945" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20C7161A" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="63DE182F" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="1419B610" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="0562CB0E" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D0742DA" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="34CE0A41" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="6A9C6A9D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5142BE09" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+          <w:p w14:paraId="0DB30130" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Renata Miškauskienė</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">Sigutė </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Kaminskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="274138B3" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2 klasė</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>klasė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="21FA6016" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C28EF97" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="197C2F0D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C25CC3B" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kalba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6118CA59" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F17AD26" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Šokis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Lietuvių k. </w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A5A451A" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="2AC29B94" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="4EAF7D4C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="62EBF3C5" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="396A3F75" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="41BD3FC6" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C113575" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B3CAE0E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kalba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61EE4625" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kalba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D05EB69" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kalba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3724D930" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tikyba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Matematika</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BACC933" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="20C25CD3" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="598CFCEB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="334"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="6D98A12B" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D66A94C" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="41B07F09" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26799689" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2190DC04" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D553B8D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59DA6F9B" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kalba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BF86FEA" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kalba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...14 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74EA3F58" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="2D509575" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="454CB3C3" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="233"/>
+          <w:trHeight w:val="248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="2946DB82" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10CF9738" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5EECEDAA" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06E8FCA4" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3330C305" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>kalba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70B66D6E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...20 lines deleted...]
-          <w:p w14:paraId="5997CC1D" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21911444" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55C33F8E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E6A1609" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...26 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06DC1CE2" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="3E5FFE1C" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="202D46FD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="6B699379" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A991961" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="3127FDAC" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E6F7A66" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Šokis</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25B784EE" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0C736B31" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gamtos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mokslai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42E3EA47" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Visuomeninis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C9F7777" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CB6E99F" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Technologijos</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="3CBF4903" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="0C295BFC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
-          </w:tcPr>
-          <w:p w14:paraId="3FE9F23F" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="040923AB" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="78212400" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DA9FCBC" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D51992E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="1F72F646" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E6E4E4E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Klasės valandėlė</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58BEE2F2" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Klasės</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> valandėlė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="08CE6F91" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E154B3C" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="61CDCEAD" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01F4172A" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="7555861D" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="3FDECD0A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB9E253" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="29BA8F18" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="2482C92E" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75104D32" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="23DE523C" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D6E5EAE" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="52E56223" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E32FD78" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="07547A01" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6532D0A3" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5043CB0F" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="697AFA91" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="07459315" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DEB8875" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="6537F28F" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="20C314BF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFB9E20" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="616CDEFC" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="70DF9E56" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28B34808" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="44E871BC" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00DF369F" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="144A5D23" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E3F31D4" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="738610EB" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2967511C" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="637805D2" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B9F5BE6" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="463F29E8" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B957C02" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="2180B88B" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="30CED84A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2570AF81" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+          <w:p w14:paraId="76FFA9D1" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Jurgita Baležentytė</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">Renata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Miškauskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4922AD3D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3 klasė</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>klasė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="06B67560" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="525CCFCE" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D9CF916" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A0CA65F" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72575B22" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Visuomeninis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C501247" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46D9E910" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="0CDF7454" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="37B6D51C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B7B4B86" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="0A4C61AF" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="01BF37A6" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F4C1F09" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="164F7969" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01F15C28" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2369280D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14323313" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64DE1ACB" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="2DAE1D6C" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="6760B916" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A0FF5F2" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="7C1A5435" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="407EEA5D" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="191D6892" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1841717F" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21ABE16A" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...43 lines deleted...]
-              <w:t>Matematika</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59F375E6" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Matematika</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BFEE2F3" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tikyba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/Etika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C5581C9" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="61EDD5DB" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="1886316C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5630AD66" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="04A95C42" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="19BF4E49" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70450C97" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2400FB09" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gamtos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mokslai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54AB5D9D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D33259A" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E366F6B" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Technologijos</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="495D39FB" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="5F5F28BA" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="3A2E688C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61829076" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="6F22AA8A" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="60079244" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FF553B7" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="71380282" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21995665" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12941C0A" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="570459B6" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Muzika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2265" w:type="dxa"/>
-[...58 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CF29027" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Technologijos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60911DBB" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pagalba </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mokiniui</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="035601DB" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="40F87BB6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17AD93B2" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="216DA5FE" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="44E9243C" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0685C0AB" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DE4B5B7" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="543D06DC" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="66204FF1" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="443CFC3D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Pagalba mokiniui</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72A59396" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Klasės</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> valandėlė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="2DBF0D7D" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="551BE31E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29E4D908" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Šokis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="02F2C34E" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B66C74C" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="680A4E5D" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="30105352" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="223"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19219836" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="17AECB70" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="296FEF7D" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27BF44C2" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="7194DBDC" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FBD7B60" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="769D0D3C" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5332F4DB" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="54CD245A" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64E84D73" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="1231BE67" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EF01117" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="36FEB5B0" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1ACC70CE" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="59F5EEB6" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="7EC485A7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FABCBBB" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+          <w:p w14:paraId="7D594B60" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Vilma Zaronskienė</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="09930500" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:t xml:space="preserve">Jurgita </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Baležentytė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="65AD92DD" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 4 klasė</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>klasė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="11361BD6" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EE82531" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AE79AC6" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62296CD4" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Lietuvių k.</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A40E51E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56A2A383" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...20 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3867BCD8" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="263DAF6E" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="4B857935" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30D7AA69" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="54485A0B" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="66CBCBC9" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76B333EE" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53DC2CCB" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40AF40FC" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E5CEA33" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>literatūra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D917A85" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="011631E9" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="2AC17A37" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="71BBE48B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7196D064" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="5A87BD9F" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="4AF02D9B" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24825A20" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37C83D8A" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matematika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17EDAEA7" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1451F624" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="275C82C5" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Visuomeninis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2311822E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gamtos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mokslai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="0852B382" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="207B7170" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34FF1C98" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="503B8D6D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5B6478ED" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17AD5BDA" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70A97815" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3070BF2E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Technologijos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Muzika</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="706323CC" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26612C04" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Tikyba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78E2664C" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Klasės</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>valandėlė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="2CDDA18D" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="6153B518" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D072C0D" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="3ABBAB08" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="2F71838D" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C9D2779" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4400376E" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dailė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="575B5512" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65DB72C5" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pagalba </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mokiniui</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2ECEEA9A" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Šokis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="530AD329" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="1BC1D562" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="1C3CA437" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48A21919" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="63573475" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="4212A139" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23844512" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-              <w:t>Klasės valandėlė</w:t>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="245A91D7" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> k.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="6BD18F9B" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4199B7D4" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="412E07DF" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ugdymas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DF0D745" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="0F3CABC7" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B7F4311" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2E12" w14:paraId="78FAA674" w14:textId="77777777" w:rsidTr="6797B317">
+      <w:tr w:rsidR="00680822" w14:paraId="2205A49A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B08B5D1" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+          <w:p w14:paraId="5D749EEE" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1320" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="45A52DC9" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E01FF34" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="16DEB4AB" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DA85991" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="0AD9C6F4" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E80C3D4" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="4B1F511A" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7CE55FAC" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="65F9C3DC" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06944A84" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5023141B" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01FB5557" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F3B1409" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="00DD2E12">
+    <w:p w14:paraId="4D88720D" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00680822">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04396FB4" w14:textId="77777777" w:rsidR="00DD2E12" w:rsidRDefault="008A4409">
+    <w:p w14:paraId="068C3FDB" w14:textId="77777777" w:rsidR="00680822" w:rsidRDefault="00505B76">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Dorinis ugdymas</w:t>
+        <w:t>Dorinis</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ugdymas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tikyba </w:t>
+        <w:t>Tikyba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">1-4 klasėse – Alma Vaištarienė ( tikybos kab.) </w:t>
+        <w:t xml:space="preserve">1-4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>klasėse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Alma </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Vaištarienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>tikybos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.Etika</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-4 klasėse - Danutė Česnulevičienė (biologijos kab.),  </w:t>
+        <w:t xml:space="preserve"> 1-4 </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>klasėse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Danutė </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Česnulevičienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>biologijos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.),  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Anglų kalba</w:t>
+        <w:t>Anglų</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kalba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-4  klasėse – Vaida Stanek ( anglų k. kab.) </w:t>
+        <w:t xml:space="preserve"> 2-4  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>klasėse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Vaida Stanek ( </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>anglų</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> k. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Muzika</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-4  klasėse – Daiva Laniauskienė (muzikos kab.)  </w:t>
+        <w:t xml:space="preserve"> 1-4  </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>klasėse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Daiva </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Laniauskienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>muzikos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>kab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.)  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Šokis</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-4  klasėse – Žymantė Bernatavičiūtė ( sporto salė ). </w:t>
+        <w:t xml:space="preserve"> 1-4  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>klasėse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002241E1">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Alvyra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002241E1">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002241E1">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Mikailionienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>sporto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>salė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ). </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00DD2E12">
+    <w:sectPr w:rsidR="00680822">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="567" w:right="1701" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
-      <w:cols w:space="720"/>
+      <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DD2E12"/>
-[...8 lines deleted...]
-    <w:rsid w:val="6797B317"/>
+    <w:rsidRoot w:val="00680822"/>
+    <w:rsid w:val="002241E1"/>
+    <w:rsid w:val="00505B76"/>
+    <w:rsid w:val="00680822"/>
+    <w:rsid w:val="00B14D3F"/>
+    <w:rsid w:val="00D4383F"/>
+    <w:rsid w:val="00EC1CD1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="01190009"/>
-  <w15:docId w15:val="{E577979E-06B3-4006-9933-4CB504A67E81}"/>
+  <w14:docId w14:val="32A91C04"/>
+  <w15:docId w15:val="{FA89E2EC-29B2-40E7-92C9-0A8E2E9CE076}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="lt-LT" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6254,50 +8274,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F917F3"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
@@ -6406,50 +8427,61 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Pavadinimas">
     <w:name w:val="Title"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Lentelstinklelis">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="prastojilentel"/>
     <w:rsid w:val="00E86619"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
@@ -6462,69 +8494,75 @@
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paantrat">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
-    <w:basedOn w:val="prastojilentel"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6772,299 +8810,86 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjUcC3/fYAN8bIw8d9FI+WggT61mw==">CgMxLjAyCGguZ2pkZ3hzMghoLmdqZGd4czgAciExeFp3Y2xTQVZhVDExbWJncjd1NEJ2YTd3Q0RIdnl1aC0=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...142 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80DAC18F-5AAE-4F42-BEFD-6A3E17D75036}">
-[...15 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1346</Words>
-  <Characters>768</Characters>
+  <Words>1477</Words>
+  <Characters>843</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
+  <Lines>7</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2110</CharactersWithSpaces>
+  <CharactersWithSpaces>2316</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vitkauskai</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>