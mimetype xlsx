--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,463 +1,442 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20414"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\2022\Desktop\tvarkaraštis\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Fizika\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{233CF8B5-7E0C-4DEA-A897-EEB8D7331B12}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8B710C61-3596-4D2B-9140-6CF3E4C1CD6C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="24000" windowHeight="9405" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="21576" windowHeight="7968" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nr.1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Nr.1!$A$1:$AQ$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Nr.1!$A$1:$AQ$36</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AQ38" i="1" l="1"/>
-[...40 lines deleted...]
-  <c r="AP37" i="1"/>
+  <c r="AR16" i="1" l="1"/>
+  <c r="AR27" i="1" l="1"/>
+  <c r="AP37" i="1" l="1"/>
   <c r="AO37" i="1"/>
   <c r="AN37" i="1"/>
   <c r="AM37" i="1"/>
   <c r="AL37" i="1"/>
   <c r="AK37" i="1"/>
   <c r="AJ37" i="1"/>
   <c r="AI37" i="1"/>
   <c r="AH37" i="1"/>
   <c r="AG37" i="1"/>
   <c r="AF37" i="1"/>
   <c r="AE37" i="1"/>
   <c r="AD37" i="1"/>
   <c r="AC37" i="1"/>
   <c r="AB37" i="1"/>
   <c r="AA37" i="1"/>
   <c r="Z37" i="1"/>
   <c r="Y37" i="1"/>
   <c r="X37" i="1"/>
   <c r="W37" i="1"/>
   <c r="V37" i="1"/>
   <c r="U37" i="1"/>
   <c r="T37" i="1"/>
   <c r="S37" i="1"/>
   <c r="R37" i="1"/>
   <c r="Q37" i="1"/>
   <c r="P37" i="1"/>
   <c r="O37" i="1"/>
   <c r="N37" i="1"/>
   <c r="M37" i="1"/>
   <c r="L37" i="1"/>
   <c r="K37" i="1"/>
   <c r="J37" i="1"/>
   <c r="I37" i="1"/>
   <c r="H37" i="1"/>
   <c r="G37" i="1"/>
   <c r="F37" i="1"/>
   <c r="E37" i="1"/>
   <c r="D37" i="1"/>
-  <c r="AR36" i="1"/>
+  <c r="AQ36" i="1"/>
+  <c r="AP36" i="1"/>
+  <c r="AO36" i="1"/>
+  <c r="AN36" i="1"/>
+  <c r="AM36" i="1"/>
+  <c r="AL36" i="1"/>
+  <c r="AK36" i="1"/>
+  <c r="AJ36" i="1"/>
+  <c r="AI36" i="1"/>
+  <c r="AH36" i="1"/>
+  <c r="AG36" i="1"/>
+  <c r="AF36" i="1"/>
+  <c r="AE36" i="1"/>
+  <c r="AD36" i="1"/>
+  <c r="AC36" i="1"/>
+  <c r="AB36" i="1"/>
+  <c r="AA36" i="1"/>
+  <c r="Z36" i="1"/>
+  <c r="Y36" i="1"/>
+  <c r="X36" i="1"/>
+  <c r="W36" i="1"/>
+  <c r="V36" i="1"/>
+  <c r="U36" i="1"/>
+  <c r="T36" i="1"/>
+  <c r="S36" i="1"/>
+  <c r="R36" i="1"/>
+  <c r="Q36" i="1"/>
+  <c r="P36" i="1"/>
+  <c r="O36" i="1"/>
+  <c r="N36" i="1"/>
+  <c r="M36" i="1"/>
+  <c r="L36" i="1"/>
+  <c r="K36" i="1"/>
+  <c r="J36" i="1"/>
+  <c r="I36" i="1"/>
+  <c r="H36" i="1"/>
+  <c r="G36" i="1"/>
+  <c r="F36" i="1"/>
+  <c r="E36" i="1"/>
+  <c r="D36" i="1"/>
   <c r="AR35" i="1"/>
-  <c r="AR34" i="1"/>
   <c r="AR33" i="1"/>
   <c r="AR32" i="1"/>
   <c r="AR31" i="1"/>
   <c r="AR30" i="1"/>
   <c r="AR29" i="1"/>
   <c r="AR28" i="1"/>
-  <c r="AR27" i="1"/>
   <c r="AR26" i="1"/>
   <c r="AR25" i="1"/>
   <c r="AR24" i="1"/>
   <c r="AR23" i="1"/>
   <c r="AR22" i="1"/>
   <c r="AR21" i="1"/>
   <c r="AR20" i="1"/>
   <c r="AR19" i="1"/>
   <c r="AR18" i="1"/>
   <c r="AR17" i="1"/>
-  <c r="AR15" i="1"/>
   <c r="AR14" i="1"/>
   <c r="AR13" i="1"/>
   <c r="AR12" i="1"/>
   <c r="AR11" i="1"/>
-  <c r="AR10" i="1"/>
   <c r="AR9" i="1"/>
+  <c r="AQ37" i="1" s="1"/>
   <c r="AR8" i="1"/>
   <c r="AR7" i="1"/>
   <c r="AR6" i="1"/>
   <c r="AR5" i="1"/>
   <c r="AR4" i="1"/>
-  <c r="AR38" i="1" l="1"/>
-  <c r="AR37" i="1"/>
+  <c r="AR37" i="1" l="1"/>
+  <c r="AR36" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="81">
   <si>
     <t>Mokytojas</t>
   </si>
   <si>
     <t>Dalykas</t>
   </si>
   <si>
     <t>Kab. Nr.</t>
   </si>
   <si>
     <t>Pirmadienis</t>
   </si>
   <si>
     <t>Antradienis</t>
   </si>
   <si>
     <t>Trečiadienis</t>
   </si>
   <si>
     <t>Ketvirtadienis</t>
   </si>
   <si>
     <t>Penktadienis</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>sk</t>
   </si>
   <si>
     <t>Tikyba</t>
   </si>
   <si>
+    <t>III</t>
+  </si>
+  <si>
+    <t>Etika</t>
+  </si>
+  <si>
+    <t>S.Juškevičienė</t>
+  </si>
+  <si>
+    <t>Lietuvių kalba</t>
+  </si>
+  <si>
+    <t>G.Ivanauskienė</t>
+  </si>
+  <si>
+    <t>S.Vitkauskienė</t>
+  </si>
+  <si>
+    <t>Anglų kalba</t>
+  </si>
+  <si>
+    <t>L.Karašauskienė</t>
+  </si>
+  <si>
+    <t>Rusų kalba</t>
+  </si>
+  <si>
+    <t>R.Juonienė</t>
+  </si>
+  <si>
+    <t>Matematika</t>
+  </si>
+  <si>
+    <t>Informatika</t>
+  </si>
+  <si>
+    <t>Fizika</t>
+  </si>
+  <si>
+    <t>R.Kriptavičienė</t>
+  </si>
+  <si>
+    <t>Chemija</t>
+  </si>
+  <si>
+    <t>Istorija</t>
+  </si>
+  <si>
+    <t>Pil.pagrindai</t>
+  </si>
+  <si>
+    <t>V. Kukienė</t>
+  </si>
+  <si>
+    <t>Geografija</t>
+  </si>
+  <si>
+    <t>M.Raudonis</t>
+  </si>
+  <si>
+    <t>Ekonomika ir verslumas</t>
+  </si>
+  <si>
+    <t>Biologija</t>
+  </si>
+  <si>
+    <t>V. Gumenikovienė</t>
+  </si>
+  <si>
+    <t>D.Laniauskienė</t>
+  </si>
+  <si>
+    <t>Muzika</t>
+  </si>
+  <si>
+    <t>S. Kazlauskaitė</t>
+  </si>
+  <si>
+    <t>Dailė</t>
+  </si>
+  <si>
+    <t>Technologijos</t>
+  </si>
+  <si>
+    <t>J. Sakalauskienė</t>
+  </si>
+  <si>
+    <t>V. Sakalauskas</t>
+  </si>
+  <si>
+    <t>Teatras</t>
+  </si>
+  <si>
+    <t>Šokis</t>
+  </si>
+  <si>
+    <t>Fizinis ugdymas</t>
+  </si>
+  <si>
+    <t>Pradinės klasės</t>
+  </si>
+  <si>
+    <t>A. Vaištarienė</t>
+  </si>
+  <si>
+    <t>I. Balsiukevičienė</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>II</t>
+  </si>
+  <si>
+    <t>I. Babravičienė</t>
+  </si>
+  <si>
+    <t>Gamtos mokslai</t>
+  </si>
+  <si>
+    <t>J. Rūškys</t>
+  </si>
+  <si>
+    <t>Ž. Maldonienė</t>
+  </si>
+  <si>
+    <t>J. Molienė</t>
+  </si>
+  <si>
+    <t>M. Juonienė</t>
+  </si>
+  <si>
+    <t>Š. Klimavičius</t>
+  </si>
+  <si>
+    <t>5kl</t>
+  </si>
+  <si>
+    <t>Ikl</t>
+  </si>
+  <si>
     <t>IV</t>
   </si>
   <si>
-    <t>III</t>
-[...125 lines deleted...]
-    <t>S</t>
+    <t>8</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Prancūzų kalba</t>
+  </si>
+  <si>
+    <t>IK</t>
+  </si>
+  <si>
+    <t>IIIm</t>
   </si>
   <si>
     <t>6kl</t>
   </si>
   <si>
-    <t>J. Aleknavičienė</t>
-[...5 lines deleted...]
-    <t>7</t>
+    <t xml:space="preserve">Gyvenimo įgūdžiai </t>
+  </si>
+  <si>
+    <t>R. Aleksandravičienė</t>
+  </si>
+  <si>
+    <t>IIIA</t>
+  </si>
+  <si>
+    <t>IIIkl</t>
+  </si>
+  <si>
+    <t>IIIB</t>
+  </si>
+  <si>
+    <t>IVK</t>
+  </si>
+  <si>
+    <t>IVA</t>
+  </si>
+  <si>
+    <t>Ivm</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
+    <t>IIkl</t>
+  </si>
+  <si>
+    <t>IVkl</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
     <t>7kl</t>
   </si>
   <si>
     <t>8kl</t>
   </si>
   <si>
-    <t>6,7</t>
-[...71 lines deleted...]
-    <t>Pamokų tvarkaraštis 2024/2025 m.m. (galioja nuo 2024-09-23</t>
+    <t>Pamokų tvarkaraštis 2025/2026 m.m. (galioja nuo 2025-09-01)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="6"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
@@ -510,84 +489,79 @@
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1" tint="4.9989318521683403E-2"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
+    </font>
   </fonts>
-  <fills count="6">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...10 lines deleted...]
-    </fill>
   </fills>
-  <borders count="67">
+  <borders count="65">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
@@ -945,59 +919,50 @@
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right/>
-[...7 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
@@ -1279,61 +1244,50 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...9 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
@@ -1375,51 +1329,51 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="328">
+  <cellXfs count="307">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1455,897 +1409,832 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="2" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="46" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...145 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="13" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...21 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1"/>
-    <xf numFmtId="16" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1"/>
+    <xf numFmtId="16" fontId="0" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="46" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="3" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="23" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="22" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...46 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="10"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="10"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
@@ -2614,181 +2503,181 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AS45"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="AP34" sqref="AP34"/>
+      <selection pane="topRight" sqref="A1:AQ1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.5703125" style="141" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="44" max="44" width="4.28515625" customWidth="1"/>
+    <col min="1" max="1" width="15.5546875" style="131" customWidth="1"/>
+    <col min="2" max="2" width="13.6640625" customWidth="1"/>
+    <col min="3" max="3" width="3.109375" style="110" customWidth="1"/>
+    <col min="4" max="41" width="2.88671875" customWidth="1"/>
+    <col min="42" max="42" width="2.6640625" customWidth="1"/>
+    <col min="43" max="43" width="2.88671875" customWidth="1"/>
+    <col min="44" max="44" width="4.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:45" s="3" customFormat="1" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...44 lines deleted...]
-      <c r="AQ1" s="318"/>
+    <row r="1" spans="1:45" s="3" customFormat="1" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="279" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1" s="280"/>
+      <c r="C1" s="280"/>
+      <c r="D1" s="280"/>
+      <c r="E1" s="280"/>
+      <c r="F1" s="280"/>
+      <c r="G1" s="280"/>
+      <c r="H1" s="280"/>
+      <c r="I1" s="280"/>
+      <c r="J1" s="280"/>
+      <c r="K1" s="280"/>
+      <c r="L1" s="280"/>
+      <c r="M1" s="280"/>
+      <c r="N1" s="280"/>
+      <c r="O1" s="280"/>
+      <c r="P1" s="280"/>
+      <c r="Q1" s="280"/>
+      <c r="R1" s="280"/>
+      <c r="S1" s="280"/>
+      <c r="T1" s="280"/>
+      <c r="U1" s="280"/>
+      <c r="V1" s="280"/>
+      <c r="W1" s="280"/>
+      <c r="X1" s="280"/>
+      <c r="Y1" s="280"/>
+      <c r="Z1" s="280"/>
+      <c r="AA1" s="280"/>
+      <c r="AB1" s="280"/>
+      <c r="AC1" s="280"/>
+      <c r="AD1" s="280"/>
+      <c r="AE1" s="280"/>
+      <c r="AF1" s="280"/>
+      <c r="AG1" s="280"/>
+      <c r="AH1" s="280"/>
+      <c r="AI1" s="280"/>
+      <c r="AJ1" s="280"/>
+      <c r="AK1" s="280"/>
+      <c r="AL1" s="280"/>
+      <c r="AM1" s="280"/>
+      <c r="AN1" s="280"/>
+      <c r="AO1" s="280"/>
+      <c r="AP1" s="280"/>
+      <c r="AQ1" s="281"/>
       <c r="AR1" s="1"/>
       <c r="AS1" s="2"/>
     </row>
-    <row r="2" spans="1:45" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="319" t="s">
+    <row r="2" spans="1:45" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="282" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="321" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="323" t="s">
+      <c r="B2" s="284" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="286" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="325" t="s">
+      <c r="D2" s="288" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="326"/>
-[...6 lines deleted...]
-      <c r="L2" s="325" t="s">
+      <c r="E2" s="289"/>
+      <c r="F2" s="289"/>
+      <c r="G2" s="289"/>
+      <c r="H2" s="289"/>
+      <c r="I2" s="289"/>
+      <c r="J2" s="289"/>
+      <c r="K2" s="290"/>
+      <c r="L2" s="288" t="s">
         <v>4</v>
       </c>
-      <c r="M2" s="326"/>
-[...6 lines deleted...]
-      <c r="T2" s="325" t="s">
+      <c r="M2" s="289"/>
+      <c r="N2" s="289"/>
+      <c r="O2" s="289"/>
+      <c r="P2" s="289"/>
+      <c r="Q2" s="289"/>
+      <c r="R2" s="289"/>
+      <c r="S2" s="289"/>
+      <c r="T2" s="288" t="s">
         <v>5</v>
       </c>
-      <c r="U2" s="326"/>
-[...6 lines deleted...]
-      <c r="AB2" s="326" t="s">
+      <c r="U2" s="289"/>
+      <c r="V2" s="289"/>
+      <c r="W2" s="289"/>
+      <c r="X2" s="289"/>
+      <c r="Y2" s="289"/>
+      <c r="Z2" s="289"/>
+      <c r="AA2" s="290"/>
+      <c r="AB2" s="289" t="s">
         <v>6</v>
       </c>
-      <c r="AC2" s="326"/>
-[...6 lines deleted...]
-      <c r="AJ2" s="325" t="s">
+      <c r="AC2" s="289"/>
+      <c r="AD2" s="289"/>
+      <c r="AE2" s="289"/>
+      <c r="AF2" s="289"/>
+      <c r="AG2" s="289"/>
+      <c r="AH2" s="289"/>
+      <c r="AI2" s="289"/>
+      <c r="AJ2" s="288" t="s">
         <v>7</v>
       </c>
-      <c r="AK2" s="326"/>
-[...5 lines deleted...]
-      <c r="AQ2" s="327"/>
+      <c r="AK2" s="289"/>
+      <c r="AL2" s="289"/>
+      <c r="AM2" s="289"/>
+      <c r="AN2" s="289"/>
+      <c r="AO2" s="289"/>
+      <c r="AP2" s="289"/>
+      <c r="AQ2" s="290"/>
       <c r="AR2" s="4" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="1:45" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C3" s="324"/>
+    <row r="3" spans="1:45" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="283"/>
+      <c r="B3" s="285"/>
+      <c r="C3" s="287"/>
       <c r="D3" s="5">
         <v>1</v>
       </c>
       <c r="E3" s="6">
         <v>2</v>
       </c>
       <c r="F3" s="6">
         <v>3</v>
       </c>
       <c r="G3" s="6">
         <v>4</v>
       </c>
       <c r="H3" s="6">
         <v>5</v>
       </c>
       <c r="I3" s="6">
         <v>6</v>
       </c>
       <c r="J3" s="6">
         <v>7</v>
       </c>
       <c r="K3" s="7">
         <v>8</v>
       </c>
       <c r="L3" s="5">
@@ -2869,3223 +2758,3127 @@
       <c r="AK3" s="6">
         <v>2</v>
       </c>
       <c r="AL3" s="6">
         <v>3</v>
       </c>
       <c r="AM3" s="6">
         <v>4</v>
       </c>
       <c r="AN3" s="6">
         <v>5</v>
       </c>
       <c r="AO3" s="6">
         <v>6</v>
       </c>
       <c r="AP3" s="10">
         <v>7</v>
       </c>
       <c r="AQ3" s="11">
         <v>8</v>
       </c>
       <c r="AR3" s="12" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="4" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B4" s="189" t="s">
+    <row r="4" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="241" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" s="171" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="13">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="D4" s="14">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="E4" s="16"/>
+        <v>3</v>
+      </c>
+      <c r="E4" s="16">
+        <v>7</v>
+      </c>
       <c r="F4" s="15">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="G4" s="16" t="s">
+        <v>58</v>
       </c>
       <c r="H4" s="16">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="I4" s="16"/>
       <c r="J4" s="16"/>
       <c r="K4" s="17"/>
       <c r="L4" s="14">
         <v>2</v>
       </c>
       <c r="M4" s="16" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="N4" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" s="16">
+        <v>4</v>
+      </c>
+      <c r="O4" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="O4" s="16">
-[...1 lines deleted...]
-      </c>
       <c r="P4" s="16" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-        <v>7</v>
+        <v>48</v>
+      </c>
+      <c r="Q4" s="16">
+        <v>8</v>
+      </c>
+      <c r="R4" s="16">
+        <v>6</v>
       </c>
       <c r="S4" s="18"/>
       <c r="T4" s="19"/>
       <c r="U4" s="20"/>
       <c r="V4" s="20"/>
       <c r="W4" s="20"/>
       <c r="X4" s="20"/>
       <c r="Y4" s="20"/>
       <c r="Z4" s="20"/>
       <c r="AA4" s="21"/>
       <c r="AB4" s="22"/>
       <c r="AC4" s="20"/>
       <c r="AD4" s="20"/>
       <c r="AE4" s="20"/>
       <c r="AF4" s="20"/>
       <c r="AG4" s="20"/>
       <c r="AH4" s="23"/>
       <c r="AI4" s="24"/>
       <c r="AJ4" s="25"/>
       <c r="AK4" s="26"/>
       <c r="AL4" s="26"/>
       <c r="AM4" s="26"/>
       <c r="AN4" s="26"/>
       <c r="AO4" s="26"/>
       <c r="AP4" s="26"/>
       <c r="AQ4" s="27"/>
       <c r="AR4" s="28">
-        <f t="shared" ref="AR4:AR36" si="0">COUNTA(D4:AP4)</f>
+        <f t="shared" ref="AR4:AR5" si="0">COUNTA(D4:AP4)</f>
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B5" s="188" t="s">
+    <row r="5" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="258" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="64">
-[...69 lines deleted...]
-      <c r="L6" s="81">
+      <c r="B5" s="170" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="58">
+        <v>38</v>
+      </c>
+      <c r="D5" s="162"/>
+      <c r="E5" s="70"/>
+      <c r="F5" s="70"/>
+      <c r="G5" s="99"/>
+      <c r="H5" s="99"/>
+      <c r="I5" s="99"/>
+      <c r="J5" s="99"/>
+      <c r="K5" s="182"/>
+      <c r="L5" s="29"/>
+      <c r="M5" s="30"/>
+      <c r="N5" s="30"/>
+      <c r="O5" s="30"/>
+      <c r="P5" s="30" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q5" s="202"/>
+      <c r="R5" s="169">
         <v>8</v>
       </c>
-      <c r="M6" s="52"/>
-[...32 lines deleted...]
-      <c r="AR6" s="40">
+      <c r="S5" s="179"/>
+      <c r="T5" s="180"/>
+      <c r="U5" s="181"/>
+      <c r="V5" s="181"/>
+      <c r="W5" s="181"/>
+      <c r="X5" s="181"/>
+      <c r="Y5" s="181"/>
+      <c r="Z5" s="181"/>
+      <c r="AA5" s="182"/>
+      <c r="AB5" s="183"/>
+      <c r="AC5" s="181"/>
+      <c r="AD5" s="181"/>
+      <c r="AE5" s="181"/>
+      <c r="AF5" s="181"/>
+      <c r="AG5" s="181"/>
+      <c r="AH5" s="184"/>
+      <c r="AI5" s="185"/>
+      <c r="AJ5" s="180"/>
+      <c r="AK5" s="181"/>
+      <c r="AL5" s="181"/>
+      <c r="AM5" s="181"/>
+      <c r="AN5" s="181"/>
+      <c r="AO5" s="181"/>
+      <c r="AP5" s="181"/>
+      <c r="AQ5" s="182"/>
+      <c r="AR5" s="37">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
     </row>
-    <row r="7" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="289" t="s">
+    <row r="6" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="242" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" s="38" t="s">
         <v>14</v>
       </c>
-      <c r="B7" s="41" t="s">
+      <c r="C6" s="39">
+        <v>32</v>
+      </c>
+      <c r="D6" s="43" t="s">
+        <v>68</v>
+      </c>
+      <c r="E6" s="40">
+        <v>5</v>
+      </c>
+      <c r="F6" s="40">
+        <v>6</v>
+      </c>
+      <c r="G6" s="40"/>
+      <c r="H6" s="40"/>
+      <c r="I6" s="259" t="s">
+        <v>68</v>
+      </c>
+      <c r="J6" s="40" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" s="186" t="s">
+        <v>69</v>
+      </c>
+      <c r="L6" s="43" t="s">
+        <v>68</v>
+      </c>
+      <c r="M6" s="41">
+        <v>6</v>
+      </c>
+      <c r="N6" s="40" t="s">
+        <v>70</v>
+      </c>
+      <c r="O6" s="41">
+        <v>6</v>
+      </c>
+      <c r="P6" s="40"/>
+      <c r="Q6" s="41">
+        <v>5</v>
+      </c>
+      <c r="R6" s="40"/>
+      <c r="T6" s="43">
+        <v>5</v>
+      </c>
+      <c r="U6" s="40">
+        <v>5</v>
+      </c>
+      <c r="V6" s="40"/>
+      <c r="W6" s="138"/>
+      <c r="X6" s="257" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y6" s="236"/>
+      <c r="Z6" s="41" t="s">
+        <v>68</v>
+      </c>
+      <c r="AB6" s="41"/>
+      <c r="AC6" s="260"/>
+      <c r="AD6" s="41" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE6" s="41">
+        <v>6</v>
+      </c>
+      <c r="AF6">
+        <v>5</v>
+      </c>
+      <c r="AG6" s="248" t="s">
+        <v>70</v>
+      </c>
+      <c r="AH6" s="40" t="s">
+        <v>48</v>
+      </c>
+      <c r="AJ6" s="43"/>
+      <c r="AK6" s="41" t="s">
+        <v>68</v>
+      </c>
+      <c r="AL6" s="256" t="s">
+        <v>68</v>
+      </c>
+      <c r="AM6" s="41">
+        <v>6</v>
+      </c>
+      <c r="AN6" s="256" t="s">
+        <v>70</v>
+      </c>
+      <c r="AO6" s="235" t="s">
+        <v>70</v>
+      </c>
+      <c r="AP6" s="204" t="s">
+        <v>48</v>
+      </c>
+      <c r="AQ6" s="42"/>
+      <c r="AR6" s="28">
+        <f>COUNTA(D6:AP6)</f>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="245" t="s">
         <v>15</v>
       </c>
-      <c r="C7" s="42">
-[...11 lines deleted...]
-      <c r="M7" s="45" t="s">
+      <c r="B7" s="44" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="45">
+        <v>31</v>
+      </c>
+      <c r="D7" s="46" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" s="47" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" s="47">
+        <v>8</v>
+      </c>
+      <c r="G7" s="47"/>
+      <c r="H7" s="47"/>
+      <c r="I7" s="47">
+        <v>7</v>
+      </c>
+      <c r="J7" s="47" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" s="141"/>
+      <c r="L7" s="238">
+        <v>8</v>
+      </c>
+      <c r="M7" s="47" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" s="47">
+        <v>7</v>
+      </c>
+      <c r="O7" s="47">
+        <v>8</v>
+      </c>
+      <c r="P7" s="47" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q7" s="47" t="s">
+        <v>47</v>
+      </c>
+      <c r="R7" s="47" t="s">
         <v>79</v>
       </c>
-      <c r="N7" s="44" t="s">
-[...70 lines deleted...]
-      <c r="AR7" s="28">
+      <c r="S7" s="11"/>
+      <c r="T7" s="46"/>
+      <c r="U7" s="47"/>
+      <c r="V7" s="47" t="s">
+        <v>58</v>
+      </c>
+      <c r="W7" s="92">
+        <v>7</v>
+      </c>
+      <c r="X7" s="47" t="s">
+        <v>48</v>
+      </c>
+      <c r="Y7" s="108" t="s">
+        <v>47</v>
+      </c>
+      <c r="Z7" s="47"/>
+      <c r="AA7" s="141"/>
+      <c r="AB7" s="75"/>
+      <c r="AC7" s="49">
+        <v>8</v>
+      </c>
+      <c r="AD7" s="49" t="s">
+        <v>48</v>
+      </c>
+      <c r="AE7" s="49" t="s">
+        <v>58</v>
+      </c>
+      <c r="AF7" s="49" t="s">
+        <v>47</v>
+      </c>
+      <c r="AG7" s="254"/>
+      <c r="AH7" s="49" t="s">
+        <v>48</v>
+      </c>
+      <c r="AI7" s="31"/>
+      <c r="AJ7" s="46" t="s">
+        <v>58</v>
+      </c>
+      <c r="AK7" s="47">
+        <v>7</v>
+      </c>
+      <c r="AL7" s="47">
+        <v>8</v>
+      </c>
+      <c r="AM7" s="47">
+        <v>7</v>
+      </c>
+      <c r="AN7" s="47" t="s">
+        <v>73</v>
+      </c>
+      <c r="AO7" s="6"/>
+      <c r="AP7" s="47" t="s">
+        <v>48</v>
+      </c>
+      <c r="AQ7" s="11"/>
+      <c r="AR7" s="50">
         <f>COUNTA(D7:AP7)</f>
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
-    <row r="8" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="292" t="s">
+    <row r="8" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="241" t="s">
         <v>16</v>
       </c>
-      <c r="B8" s="48" t="s">
-[...5 lines deleted...]
-      <c r="D8" s="50">
+      <c r="B8" s="51" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="39">
+        <v>24</v>
+      </c>
+      <c r="D8" s="203" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" s="204">
+        <v>4</v>
+      </c>
+      <c r="F8" s="204" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" s="205" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" s="204"/>
+      <c r="I8" s="205"/>
+      <c r="J8" s="205"/>
+      <c r="K8" s="206"/>
+      <c r="L8" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" s="16" t="s">
+        <v>48</v>
+      </c>
+      <c r="N8" s="54" t="s">
+        <v>58</v>
+      </c>
+      <c r="O8" s="16">
+        <v>7</v>
+      </c>
+      <c r="P8" s="16">
         <v>6</v>
       </c>
-      <c r="E8" s="51">
+      <c r="Q8" s="54" t="s">
+        <v>11</v>
+      </c>
+      <c r="R8" s="16"/>
+      <c r="S8" s="261"/>
+      <c r="T8" s="43">
+        <v>7</v>
+      </c>
+      <c r="U8" s="52" t="s">
+        <v>58</v>
+      </c>
+      <c r="V8" s="40" t="s">
+        <v>48</v>
+      </c>
+      <c r="W8" s="252">
+        <v>4</v>
+      </c>
+      <c r="X8" s="138" t="s">
+        <v>47</v>
+      </c>
+      <c r="Y8" s="139"/>
+      <c r="Z8" s="140"/>
+      <c r="AA8" s="53"/>
+      <c r="AB8" s="135" t="s">
+        <v>60</v>
+      </c>
+      <c r="AC8" s="40">
+        <v>6</v>
+      </c>
+      <c r="AD8" s="40">
+        <v>6</v>
+      </c>
+      <c r="AE8" s="138" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF8" s="52"/>
+      <c r="AG8" s="52" t="s">
+        <v>47</v>
+      </c>
+      <c r="AH8" s="138" t="s">
+        <v>78</v>
+      </c>
+      <c r="AI8" s="138"/>
+      <c r="AJ8" s="264"/>
+      <c r="AK8" s="151"/>
+      <c r="AL8" s="265"/>
+      <c r="AM8" s="265"/>
+      <c r="AN8" s="265"/>
+      <c r="AO8" s="151"/>
+      <c r="AP8" s="266"/>
+      <c r="AQ8" s="27"/>
+      <c r="AR8" s="28">
+        <f>COUNTA(D8:AP8)</f>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="9" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="56" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" s="57" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="58">
+        <v>33</v>
+      </c>
+      <c r="D9" s="62" t="s">
+        <v>47</v>
+      </c>
+      <c r="E9" s="63"/>
+      <c r="F9" s="82" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" s="61" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="I9" s="61"/>
+      <c r="J9" s="61"/>
+      <c r="K9" s="233"/>
+      <c r="L9" s="62" t="s">
+        <v>58</v>
+      </c>
+      <c r="M9" s="61" t="s">
+        <v>48</v>
+      </c>
+      <c r="N9" s="61" t="s">
+        <v>58</v>
+      </c>
+      <c r="O9" s="63">
         <v>5</v>
       </c>
-      <c r="F8" s="51"/>
-      <c r="G8" s="51">
+      <c r="P9" s="262">
+        <v>8</v>
+      </c>
+      <c r="Q9" s="63" t="s">
+        <v>11</v>
+      </c>
+      <c r="R9" s="61"/>
+      <c r="S9" s="263"/>
+      <c r="T9" s="86">
+        <v>8</v>
+      </c>
+      <c r="U9" s="63" t="s">
+        <v>58</v>
+      </c>
+      <c r="V9" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="W9" s="63">
+        <v>5</v>
+      </c>
+      <c r="X9" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="Y9" s="61" t="s">
+        <v>56</v>
+      </c>
+      <c r="Z9" s="61"/>
+      <c r="AA9" s="192"/>
+      <c r="AB9" s="100"/>
+      <c r="AC9" s="61"/>
+      <c r="AD9" s="63"/>
+      <c r="AE9" s="63" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF9" s="61" t="s">
+        <v>59</v>
+      </c>
+      <c r="AG9" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="AH9" s="61"/>
+      <c r="AI9" s="192"/>
+      <c r="AJ9" s="160"/>
+      <c r="AK9" s="70"/>
+      <c r="AL9" s="159"/>
+      <c r="AM9" s="159"/>
+      <c r="AN9" s="70"/>
+      <c r="AO9" s="99"/>
+      <c r="AP9" s="85"/>
+      <c r="AQ9" s="71"/>
+      <c r="AR9" s="67">
+        <f>COUNTA(D9:AP9)</f>
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="56" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" s="58">
+        <v>33</v>
+      </c>
+      <c r="D10" s="62"/>
+      <c r="E10" s="63">
         <v>6</v>
       </c>
-      <c r="H8" s="51">
+      <c r="F10" s="82"/>
+      <c r="G10" s="61"/>
+      <c r="H10" s="63"/>
+      <c r="I10" s="61" t="s">
+        <v>47</v>
+      </c>
+      <c r="J10" s="61" t="s">
+        <v>60</v>
+      </c>
+      <c r="K10" s="233"/>
+      <c r="L10" s="62"/>
+      <c r="M10" s="61"/>
+      <c r="N10" s="61"/>
+      <c r="O10" s="63"/>
+      <c r="P10" s="262"/>
+      <c r="Q10" s="63"/>
+      <c r="R10" s="61"/>
+      <c r="S10" s="263"/>
+      <c r="T10" s="86"/>
+      <c r="U10" s="63"/>
+      <c r="V10" s="63"/>
+      <c r="W10" s="63"/>
+      <c r="X10" s="63"/>
+      <c r="Y10" s="61"/>
+      <c r="Z10" s="61"/>
+      <c r="AA10" s="192"/>
+      <c r="AB10" s="100">
+        <v>6</v>
+      </c>
+      <c r="AC10" s="61" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD10" s="63">
+        <v>7</v>
+      </c>
+      <c r="AE10" s="63"/>
+      <c r="AF10" s="61"/>
+      <c r="AG10" s="63"/>
+      <c r="AH10" s="61"/>
+      <c r="AI10" s="192"/>
+      <c r="AJ10" s="160"/>
+      <c r="AK10" s="70"/>
+      <c r="AL10" s="159"/>
+      <c r="AM10" s="159"/>
+      <c r="AN10" s="70"/>
+      <c r="AO10" s="99"/>
+      <c r="AP10" s="85"/>
+      <c r="AQ10" s="71"/>
+      <c r="AR10" s="67"/>
+    </row>
+    <row r="11" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="68" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="57" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" s="58">
+        <v>26</v>
+      </c>
+      <c r="D11" s="64">
         <v>8</v>
       </c>
-      <c r="I8" s="51">
+      <c r="E11" s="59">
+        <v>6</v>
+      </c>
+      <c r="F11" s="59"/>
+      <c r="G11" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="I11" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="J11" s="59">
+        <v>7</v>
+      </c>
+      <c r="K11" s="66"/>
+      <c r="L11" s="162"/>
+      <c r="M11" s="99"/>
+      <c r="N11" s="99"/>
+      <c r="O11" s="99"/>
+      <c r="P11" s="99"/>
+      <c r="Q11" s="99"/>
+      <c r="R11" s="99"/>
+      <c r="S11" s="81"/>
+      <c r="T11" s="69"/>
+      <c r="U11" s="70"/>
+      <c r="V11" s="70"/>
+      <c r="W11" s="70"/>
+      <c r="X11" s="70"/>
+      <c r="Y11" s="70"/>
+      <c r="Z11" s="70"/>
+      <c r="AA11" s="71"/>
+      <c r="AB11" s="100">
+        <v>6</v>
+      </c>
+      <c r="AC11" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="AD11" s="63">
+        <v>7</v>
+      </c>
+      <c r="AE11" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF11" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG11" s="63">
         <v>8</v>
       </c>
-      <c r="J8" s="51"/>
-[...10 lines deleted...]
-      <c r="O8" s="51" t="s">
+      <c r="AH11" s="63"/>
+      <c r="AI11" s="66"/>
+      <c r="AJ11" s="69"/>
+      <c r="AK11" s="70"/>
+      <c r="AL11" s="70"/>
+      <c r="AM11" s="70"/>
+      <c r="AN11" s="70"/>
+      <c r="AO11" s="70"/>
+      <c r="AP11" s="70"/>
+      <c r="AQ11" s="71"/>
+      <c r="AR11" s="67">
+        <f>COUNTA(D11:AP11)</f>
         <v>12</v>
       </c>
-      <c r="P8" s="51" t="s">
-[...2 lines deleted...]
-      <c r="Q8" s="51">
+    </row>
+    <row r="12" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="291" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="51" t="s">
+        <v>21</v>
+      </c>
+      <c r="C12" s="293">
+        <v>25</v>
+      </c>
+      <c r="D12" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" s="40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="40" t="s">
+        <v>58</v>
+      </c>
+      <c r="G12" s="40">
         <v>7</v>
       </c>
-      <c r="R8" s="51">
+      <c r="H12" s="40">
         <v>8</v>
       </c>
-      <c r="S8" s="11"/>
-[...12 lines deleted...]
-      <c r="X8" s="51">
+      <c r="I12" s="40"/>
+      <c r="J12" s="52"/>
+      <c r="K12" s="163"/>
+      <c r="L12" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="M12" s="40">
+        <v>7</v>
+      </c>
+      <c r="N12" s="138" t="s">
+        <v>48</v>
+      </c>
+      <c r="O12" s="138"/>
+      <c r="P12" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q12" s="254">
+        <v>7</v>
+      </c>
+      <c r="R12" s="41" t="s">
+        <v>68</v>
+      </c>
+      <c r="S12" s="191" t="s">
+        <v>64</v>
+      </c>
+      <c r="T12" s="43" t="s">
+        <v>58</v>
+      </c>
+      <c r="U12" s="40" t="s">
+        <v>11</v>
+      </c>
+      <c r="V12" s="40"/>
+      <c r="W12" s="198">
         <v>8</v>
       </c>
-      <c r="Y8" s="51" t="s">
-[...2 lines deleted...]
-      <c r="Z8" s="51">
+      <c r="X12" s="40" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y12" s="40">
         <v>7</v>
       </c>
-      <c r="AA8" s="152"/>
-[...23 lines deleted...]
-      <c r="AK8" s="51">
+      <c r="Z12" s="40" t="s">
+        <v>47</v>
+      </c>
+      <c r="AA12" s="186"/>
+      <c r="AB12" s="43">
         <v>8</v>
       </c>
-      <c r="AL8" s="51" t="s">
-[...9 lines deleted...]
-        <v>28</v>
+      <c r="AC12" s="40" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD12" s="40" t="s">
+        <v>58</v>
+      </c>
+      <c r="AE12" s="41">
+        <v>8</v>
+      </c>
+      <c r="AF12" s="138" t="s">
+        <v>58</v>
+      </c>
+      <c r="AG12" s="138" t="s">
+        <v>48</v>
+      </c>
+      <c r="AH12" s="41" t="s">
+        <v>47</v>
+      </c>
+      <c r="AI12" s="178"/>
+      <c r="AJ12" s="208" t="s">
+        <v>47</v>
+      </c>
+      <c r="AK12" s="40" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL12" s="40" t="s">
+        <v>72</v>
+      </c>
+      <c r="AM12" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="AN12" s="40"/>
+      <c r="AO12" s="40" t="s">
+        <v>48</v>
+      </c>
+      <c r="AP12" s="40"/>
+      <c r="AQ12" s="42"/>
+      <c r="AR12" s="133">
+        <f>COUNTA(D12:AP12)</f>
+        <v>30</v>
       </c>
     </row>
-    <row r="9" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...388 lines deleted...]
-      <c r="C13" s="301"/>
+    <row r="13" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="292"/>
+      <c r="B13" s="161"/>
+      <c r="C13" s="294"/>
       <c r="D13" s="14"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
-      <c r="J13" s="58"/>
-      <c r="K13" s="179"/>
+      <c r="J13" s="54"/>
+      <c r="K13" s="164"/>
       <c r="L13" s="14"/>
-      <c r="M13" s="16" t="s">
-[...4 lines deleted...]
-      <c r="P13" s="69"/>
+      <c r="M13" s="16"/>
+      <c r="N13" s="63"/>
+      <c r="O13" s="63"/>
+      <c r="P13" s="63"/>
       <c r="Q13" s="16"/>
       <c r="R13" s="16"/>
-      <c r="S13" s="180"/>
+      <c r="S13" s="165"/>
       <c r="T13" s="14"/>
       <c r="U13" s="16"/>
       <c r="V13" s="16"/>
-      <c r="W13" s="69"/>
+      <c r="W13" s="63"/>
       <c r="X13" s="16"/>
       <c r="Y13" s="16"/>
       <c r="Z13" s="16"/>
-      <c r="AA13" s="179"/>
+      <c r="AA13" s="164"/>
       <c r="AB13" s="14"/>
       <c r="AC13" s="16"/>
       <c r="AD13" s="16"/>
       <c r="AE13" s="16"/>
-      <c r="AF13" s="69"/>
-[...14 lines deleted...]
-      </c>
+      <c r="AF13" s="63"/>
+      <c r="AG13" s="63"/>
+      <c r="AH13" s="55"/>
+      <c r="AI13" s="96"/>
+      <c r="AJ13" s="193"/>
+      <c r="AK13" s="30"/>
+      <c r="AL13" s="30"/>
+      <c r="AM13" s="30"/>
+      <c r="AN13" s="194"/>
+      <c r="AO13" s="30"/>
+      <c r="AP13" s="195"/>
+      <c r="AQ13" s="196"/>
+      <c r="AR13" s="134">
+        <f>COUNTA(D13:AP13)</f>
+        <v>0</v>
+      </c>
+      <c r="AS13" s="188"/>
     </row>
-    <row r="14" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="293" t="s">
+    <row r="14" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="297" t="s">
         <v>49</v>
       </c>
-      <c r="B14" s="63" t="s">
+      <c r="B14" s="57" t="s">
         <v>22</v>
       </c>
-      <c r="C14" s="123">
+      <c r="C14" s="114">
+        <v>7</v>
+      </c>
+      <c r="D14" s="64"/>
+      <c r="E14" s="63">
+        <v>8</v>
+      </c>
+      <c r="F14" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="G14" s="250"/>
+      <c r="H14" s="59"/>
+      <c r="I14" s="59"/>
+      <c r="J14" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="K14" s="251"/>
+      <c r="L14" s="86"/>
+      <c r="M14" s="63"/>
+      <c r="N14" s="63">
+        <v>6</v>
+      </c>
+      <c r="O14" s="63"/>
+      <c r="P14" s="63">
+        <v>7</v>
+      </c>
+      <c r="Q14" s="87"/>
+      <c r="R14" s="117"/>
+      <c r="S14" s="88"/>
+      <c r="T14" s="64"/>
+      <c r="U14" s="59"/>
+      <c r="V14" s="59"/>
+      <c r="W14" s="59"/>
+      <c r="X14" s="59"/>
+      <c r="Y14" s="59"/>
+      <c r="Z14" s="250"/>
+      <c r="AA14" s="66"/>
+      <c r="AB14" s="86"/>
+      <c r="AC14" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="AD14" s="63"/>
+      <c r="AE14" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="AF14" s="63"/>
+      <c r="AG14" s="89"/>
+      <c r="AH14" s="63"/>
+      <c r="AI14" s="166"/>
+      <c r="AJ14" s="64"/>
+      <c r="AK14" s="59"/>
+      <c r="AL14" s="59"/>
+      <c r="AM14" s="59">
+        <v>5</v>
+      </c>
+      <c r="AN14" s="59"/>
+      <c r="AO14" s="59"/>
+      <c r="AP14" s="59"/>
+      <c r="AQ14" s="66"/>
+      <c r="AR14" s="134">
+        <f>COUNTA(D14:AP14)</f>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="15" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="298"/>
+      <c r="B15" s="57" t="s">
+        <v>21</v>
+      </c>
+      <c r="C15" s="114"/>
+      <c r="D15" s="64">
+        <v>5</v>
+      </c>
+      <c r="E15" s="59"/>
+      <c r="F15" s="59"/>
+      <c r="G15" s="61" t="s">
+        <v>74</v>
+      </c>
+      <c r="H15" s="59"/>
+      <c r="I15" s="59">
+        <v>6</v>
+      </c>
+      <c r="J15" s="59"/>
+      <c r="K15" s="251"/>
+      <c r="L15" s="86">
+        <v>5</v>
+      </c>
+      <c r="M15" s="63"/>
+      <c r="N15" s="63"/>
+      <c r="O15" s="63"/>
+      <c r="P15" s="63"/>
+      <c r="Q15" s="87"/>
+      <c r="R15" s="117"/>
+      <c r="S15" s="88"/>
+      <c r="T15" s="211"/>
+      <c r="U15" s="60"/>
+      <c r="V15" s="60">
+        <v>5</v>
+      </c>
+      <c r="W15" s="60"/>
+      <c r="X15" s="60"/>
+      <c r="Y15" s="60"/>
+      <c r="Z15" s="214"/>
+      <c r="AA15" s="215"/>
+      <c r="AB15" s="86"/>
+      <c r="AC15" s="63"/>
+      <c r="AD15" s="63">
+        <v>5</v>
+      </c>
+      <c r="AE15" s="63"/>
+      <c r="AF15" s="63">
+        <v>6</v>
+      </c>
+      <c r="AG15" s="89"/>
+      <c r="AH15" s="63"/>
+      <c r="AI15" s="166"/>
+      <c r="AJ15" s="64"/>
+      <c r="AK15" s="189"/>
+      <c r="AL15" s="59"/>
+      <c r="AM15" s="59"/>
+      <c r="AN15" s="59">
+        <v>6</v>
+      </c>
+      <c r="AO15" s="59"/>
+      <c r="AP15" s="91"/>
+      <c r="AQ15" s="66"/>
+      <c r="AR15" s="134"/>
+    </row>
+    <row r="16" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="299"/>
+      <c r="B16" s="57" t="s">
+        <v>23</v>
+      </c>
+      <c r="C16" s="114">
+        <v>37</v>
+      </c>
+      <c r="D16" s="64"/>
+      <c r="E16" s="59"/>
+      <c r="F16" s="63"/>
+      <c r="G16" s="63"/>
+      <c r="H16" s="63"/>
+      <c r="I16" s="63"/>
+      <c r="J16" s="90"/>
+      <c r="L16" s="213"/>
+      <c r="M16" s="60">
+        <v>8</v>
+      </c>
+      <c r="N16" s="82"/>
+      <c r="O16" s="82" t="s">
+        <v>58</v>
+      </c>
+      <c r="P16" s="60"/>
+      <c r="Q16" s="82"/>
+      <c r="R16" s="82" t="s">
+        <v>58</v>
+      </c>
+      <c r="S16" s="212"/>
+      <c r="T16" s="213" t="s">
+        <v>47</v>
+      </c>
+      <c r="U16" s="82" t="s">
+        <v>48</v>
+      </c>
+      <c r="V16" s="82"/>
+      <c r="W16" s="82"/>
+      <c r="X16" s="82" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y16" s="63" t="s">
+        <v>11</v>
+      </c>
+      <c r="Z16" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="AA16" s="90"/>
+      <c r="AB16" s="86"/>
+      <c r="AC16" s="63"/>
+      <c r="AD16" s="63"/>
+      <c r="AE16" s="63"/>
+      <c r="AF16" s="63"/>
+      <c r="AG16" s="63">
+        <v>7</v>
+      </c>
+      <c r="AH16" s="63" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI16" s="166"/>
+      <c r="AJ16" s="86">
+        <v>8</v>
+      </c>
+      <c r="AK16" s="63"/>
+      <c r="AL16" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="AM16" s="63"/>
+      <c r="AN16" s="63"/>
+      <c r="AO16" s="63" t="s">
+        <v>58</v>
+      </c>
+      <c r="AP16" s="189"/>
+      <c r="AQ16" s="66"/>
+      <c r="AR16" s="134">
+        <f t="shared" ref="AR16:AR25" si="1">COUNTA(D16:AP16)</f>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="17" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="272" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" s="73" t="s">
+        <v>25</v>
+      </c>
+      <c r="C17" s="304">
+        <v>38</v>
+      </c>
+      <c r="D17" s="160"/>
+      <c r="E17" s="111"/>
+      <c r="F17" s="111"/>
+      <c r="G17" s="111"/>
+      <c r="H17" s="111"/>
+      <c r="I17" s="111"/>
+      <c r="J17" s="111"/>
+      <c r="K17" s="97"/>
+      <c r="L17" s="104" t="s">
+        <v>48</v>
+      </c>
+      <c r="M17" s="49"/>
+      <c r="N17" s="49">
+        <v>8</v>
+      </c>
+      <c r="O17" s="49" t="s">
+        <v>47</v>
+      </c>
+      <c r="P17" s="49" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q17" s="49"/>
+      <c r="R17" s="63" t="s">
+        <v>75</v>
+      </c>
+      <c r="S17" s="166" t="s">
+        <v>58</v>
+      </c>
+      <c r="T17" s="104"/>
+      <c r="U17" s="108"/>
+      <c r="V17" s="108" t="s">
+        <v>47</v>
+      </c>
+      <c r="W17" s="49"/>
+      <c r="X17" s="108">
+        <v>8</v>
+      </c>
+      <c r="Y17" s="49" t="s">
+        <v>48</v>
+      </c>
+      <c r="Z17" s="108"/>
+      <c r="AA17" s="267"/>
+      <c r="AB17" s="247" t="s">
+        <v>63</v>
+      </c>
+      <c r="AC17" s="108" t="s">
+        <v>58</v>
+      </c>
+      <c r="AD17" s="108"/>
+      <c r="AE17" s="274"/>
+      <c r="AF17" s="240"/>
+      <c r="AG17" s="108"/>
+      <c r="AH17" s="249"/>
+      <c r="AJ17" s="160"/>
+      <c r="AK17" s="111"/>
+      <c r="AL17" s="278"/>
+      <c r="AM17" s="111"/>
+      <c r="AN17" s="111"/>
+      <c r="AO17" s="111"/>
+      <c r="AP17" s="111"/>
+      <c r="AQ17" s="35"/>
+      <c r="AR17" s="134">
+        <f t="shared" si="1"/>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="18" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="273"/>
+      <c r="B18" s="147" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" s="305"/>
+      <c r="D18" s="32"/>
+      <c r="E18" s="33"/>
+      <c r="F18" s="33"/>
+      <c r="G18" s="33"/>
+      <c r="H18" s="33"/>
+      <c r="I18" s="33"/>
+      <c r="J18" s="33"/>
+      <c r="K18" s="35"/>
+      <c r="L18" s="75"/>
+      <c r="M18" s="48">
+        <v>5</v>
+      </c>
+      <c r="N18" s="49"/>
+      <c r="O18" s="49"/>
+      <c r="P18" s="48"/>
+      <c r="Q18" s="49">
+        <v>6</v>
+      </c>
+      <c r="R18" s="63"/>
+      <c r="S18" s="166"/>
+      <c r="T18" s="75">
+        <v>6</v>
+      </c>
+      <c r="U18" s="108"/>
+      <c r="V18" s="145"/>
+      <c r="W18" s="108"/>
+      <c r="X18" s="107"/>
+      <c r="Y18" s="49"/>
+      <c r="Z18" s="49"/>
+      <c r="AA18" s="90"/>
+      <c r="AB18" s="106"/>
+      <c r="AC18" s="108"/>
+      <c r="AD18" s="108"/>
+      <c r="AE18" s="108">
+        <v>5</v>
+      </c>
+      <c r="AF18" s="108"/>
+      <c r="AG18" s="108"/>
+      <c r="AH18" s="107"/>
+      <c r="AI18" s="109"/>
+      <c r="AJ18" s="32"/>
+      <c r="AK18" s="33"/>
+      <c r="AL18" s="33"/>
+      <c r="AM18" s="33"/>
+      <c r="AN18" s="33"/>
+      <c r="AO18" s="33"/>
+      <c r="AP18" s="33"/>
+      <c r="AQ18" s="35"/>
+      <c r="AR18" s="134">
+        <f t="shared" si="1"/>
+        <v>4</v>
+      </c>
+    </row>
+    <row r="19" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="271" t="s">
+        <v>67</v>
+      </c>
+      <c r="B19" s="148" t="s">
+        <v>66</v>
+      </c>
+      <c r="C19" s="306"/>
+      <c r="D19" s="76"/>
+      <c r="E19" s="227"/>
+      <c r="F19" s="77"/>
+      <c r="G19" s="227"/>
+      <c r="H19" s="227"/>
+      <c r="I19" s="227"/>
+      <c r="J19" s="77"/>
+      <c r="K19" s="277"/>
+      <c r="L19" s="5"/>
+      <c r="M19" s="6"/>
+      <c r="N19" s="6"/>
+      <c r="O19" s="6"/>
+      <c r="P19" s="6"/>
+      <c r="Q19" s="6"/>
+      <c r="R19" s="275"/>
+      <c r="S19" s="276"/>
+      <c r="T19" s="46"/>
+      <c r="U19" s="92"/>
+      <c r="V19" s="92"/>
+      <c r="W19" s="93"/>
+      <c r="X19" s="94"/>
+      <c r="Y19" s="94"/>
+      <c r="Z19" s="94"/>
+      <c r="AA19" s="142"/>
+      <c r="AB19" s="216"/>
+      <c r="AC19" s="94"/>
+      <c r="AD19" s="94"/>
+      <c r="AE19" s="94"/>
+      <c r="AF19" s="94"/>
+      <c r="AG19" s="94"/>
+      <c r="AH19" s="94"/>
+      <c r="AI19" s="217"/>
+      <c r="AJ19" s="5">
+        <v>7</v>
+      </c>
+      <c r="AK19" s="47" t="s">
+        <v>48</v>
+      </c>
+      <c r="AL19" s="47">
+        <v>5</v>
+      </c>
+      <c r="AM19" s="47">
+        <v>8</v>
+      </c>
+      <c r="AN19" s="47" t="s">
+        <v>47</v>
+      </c>
+      <c r="AO19" s="47"/>
+      <c r="AP19" s="47">
+        <v>6</v>
+      </c>
+      <c r="AQ19" s="141"/>
+      <c r="AR19" s="12">
+        <f t="shared" si="1"/>
+        <v>6</v>
+      </c>
+    </row>
+    <row r="20" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="300" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" s="95" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20" s="293">
+        <v>28</v>
+      </c>
+      <c r="D20" s="14"/>
+      <c r="E20" s="16"/>
+      <c r="F20" s="16"/>
+      <c r="G20" s="16">
+        <v>8</v>
+      </c>
+      <c r="H20" s="16">
+        <v>6</v>
+      </c>
+      <c r="I20" s="16" t="s">
+        <v>48</v>
+      </c>
+      <c r="J20" s="16" t="s">
+        <v>64</v>
+      </c>
+      <c r="K20" s="164"/>
+      <c r="L20" s="14">
+        <v>7</v>
+      </c>
+      <c r="M20" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="N20" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="O20" s="16" t="s">
+        <v>48</v>
+      </c>
+      <c r="P20" s="248">
+        <v>5</v>
+      </c>
+      <c r="Q20" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="R20" s="16" t="s">
+        <v>47</v>
+      </c>
+      <c r="S20" s="165"/>
+      <c r="T20" s="219" t="s">
+        <v>11</v>
+      </c>
+      <c r="U20" s="220">
+        <v>6</v>
+      </c>
+      <c r="V20" s="253" t="s">
+        <v>11</v>
+      </c>
+      <c r="W20" s="220" t="s">
+        <v>65</v>
+      </c>
+      <c r="X20" s="16">
+        <v>7</v>
+      </c>
+      <c r="Y20" s="15">
+        <v>8</v>
+      </c>
+      <c r="Z20" s="123"/>
+      <c r="AA20" s="164" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB20" s="221"/>
+      <c r="AC20" s="137"/>
+      <c r="AD20" s="137"/>
+      <c r="AE20" s="137"/>
+      <c r="AF20" s="137"/>
+      <c r="AG20" s="137"/>
+      <c r="AH20" s="137"/>
+      <c r="AI20" s="222"/>
+      <c r="AJ20" s="203">
+        <v>5</v>
+      </c>
+      <c r="AK20" s="204"/>
+      <c r="AL20" s="204"/>
+      <c r="AM20" s="204"/>
+      <c r="AN20" s="204"/>
+      <c r="AO20" s="204"/>
+      <c r="AP20" s="204" t="s">
+        <v>58</v>
+      </c>
+      <c r="AQ20" s="223"/>
+      <c r="AR20" s="98">
+        <f t="shared" si="1"/>
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="301"/>
+      <c r="B21" s="79" t="s">
         <v>27</v>
       </c>
-      <c r="D14" s="68" t="s">
+      <c r="C21" s="294"/>
+      <c r="D21" s="86"/>
+      <c r="E21" s="59"/>
+      <c r="F21" s="59"/>
+      <c r="G21" s="59"/>
+      <c r="H21" s="59"/>
+      <c r="I21" s="59"/>
+      <c r="J21" s="63"/>
+      <c r="K21" s="66"/>
+      <c r="L21" s="64"/>
+      <c r="M21" s="63"/>
+      <c r="N21" s="59"/>
+      <c r="O21" s="59"/>
+      <c r="P21" s="59"/>
+      <c r="Q21" s="63"/>
+      <c r="R21" s="63"/>
+      <c r="S21" s="166"/>
+      <c r="T21" s="211"/>
+      <c r="U21" s="60"/>
+      <c r="V21" s="60"/>
+      <c r="W21" s="60"/>
+      <c r="X21" s="218"/>
+      <c r="Y21" s="60"/>
+      <c r="Z21" s="60"/>
+      <c r="AA21" s="215"/>
+      <c r="AB21" s="103"/>
+      <c r="AC21" s="70"/>
+      <c r="AD21" s="70"/>
+      <c r="AE21" s="70"/>
+      <c r="AF21" s="99"/>
+      <c r="AG21" s="70"/>
+      <c r="AH21" s="99"/>
+      <c r="AI21" s="81"/>
+      <c r="AJ21" s="213"/>
+      <c r="AK21" s="59"/>
+      <c r="AL21" s="82"/>
+      <c r="AM21" s="82"/>
+      <c r="AN21" s="82" t="s">
+        <v>48</v>
+      </c>
+      <c r="AO21" s="82" t="s">
+        <v>47</v>
+      </c>
+      <c r="AP21" s="82"/>
+      <c r="AQ21" s="215"/>
+      <c r="AR21" s="67">
+        <f t="shared" si="1"/>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:45" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="56" t="s">
+        <v>28</v>
+      </c>
+      <c r="B22" s="79" t="s">
+        <v>29</v>
+      </c>
+      <c r="C22" s="58">
+        <v>30</v>
+      </c>
+      <c r="D22" s="69"/>
+      <c r="E22" s="70"/>
+      <c r="F22" s="70"/>
+      <c r="G22" s="70"/>
+      <c r="H22" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="I22" s="63">
+        <v>8</v>
+      </c>
+      <c r="J22" s="63" t="s">
+        <v>64</v>
+      </c>
+      <c r="K22" s="90" t="s">
+        <v>57</v>
+      </c>
+      <c r="L22" s="162"/>
+      <c r="M22" s="99"/>
+      <c r="N22" s="99"/>
+      <c r="O22" s="99"/>
+      <c r="P22" s="99"/>
+      <c r="Q22" s="99"/>
+      <c r="R22" s="99"/>
+      <c r="S22" s="167"/>
+      <c r="T22" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="U22" s="59"/>
+      <c r="V22" s="63" t="s">
+        <v>11</v>
+      </c>
+      <c r="W22" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="X22" s="63">
+        <v>6</v>
+      </c>
+      <c r="Y22" s="59"/>
+      <c r="Z22" s="59">
+        <v>7</v>
+      </c>
+      <c r="AA22" s="90" t="s">
+        <v>58</v>
+      </c>
+      <c r="AB22" s="100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC22" s="63">
+        <v>7</v>
+      </c>
+      <c r="AD22" s="63">
+        <v>8</v>
+      </c>
+      <c r="AE22" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="AF22" s="255" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG22" s="63">
+        <v>6</v>
+      </c>
+      <c r="AH22" s="63"/>
+      <c r="AI22" s="166" t="s">
+        <v>58</v>
+      </c>
+      <c r="AJ22" s="69"/>
+      <c r="AK22" s="70"/>
+      <c r="AL22" s="99"/>
+      <c r="AM22" s="99"/>
+      <c r="AN22" s="99"/>
+      <c r="AO22" s="70"/>
+      <c r="AP22" s="99"/>
+      <c r="AQ22" s="71"/>
+      <c r="AR22" s="67">
+        <f t="shared" si="1"/>
+        <v>17</v>
+      </c>
+    </row>
+    <row r="23" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="56" t="s">
+        <v>30</v>
+      </c>
+      <c r="B23" s="101" t="s">
+        <v>31</v>
+      </c>
+      <c r="C23" s="102">
+        <v>30</v>
+      </c>
+      <c r="D23" s="86"/>
+      <c r="E23" s="70"/>
+      <c r="F23" s="70"/>
+      <c r="G23" s="70"/>
+      <c r="H23" s="70"/>
+      <c r="I23" s="70"/>
+      <c r="J23" s="70"/>
+      <c r="K23" s="71"/>
+      <c r="L23" s="69"/>
+      <c r="M23" s="70"/>
+      <c r="N23" s="70"/>
+      <c r="O23" s="70"/>
+      <c r="P23" s="70"/>
+      <c r="Q23" s="70"/>
+      <c r="R23" s="70"/>
+      <c r="S23" s="81"/>
+      <c r="T23" s="69"/>
+      <c r="U23" s="70"/>
+      <c r="V23" s="70"/>
+      <c r="W23" s="70"/>
+      <c r="X23" s="70"/>
+      <c r="Y23" s="70"/>
+      <c r="Z23" s="70"/>
+      <c r="AA23" s="71"/>
+      <c r="AB23" s="100" t="s">
+        <v>48</v>
+      </c>
+      <c r="AC23" s="70"/>
+      <c r="AD23" s="70"/>
+      <c r="AE23" s="70"/>
+      <c r="AF23" s="70"/>
+      <c r="AG23" s="70"/>
+      <c r="AH23" s="70"/>
+      <c r="AI23" s="81"/>
+      <c r="AJ23" s="162"/>
+      <c r="AK23" s="70"/>
+      <c r="AL23" s="20"/>
+      <c r="AM23" s="20"/>
+      <c r="AN23" s="70"/>
+      <c r="AO23" s="70"/>
+      <c r="AP23" s="70"/>
+      <c r="AQ23" s="71"/>
+      <c r="AR23" s="67">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="244" t="s">
+        <v>33</v>
+      </c>
+      <c r="B24" s="79" t="s">
+        <v>32</v>
+      </c>
+      <c r="C24" s="74">
+        <v>38</v>
+      </c>
+      <c r="D24" s="32"/>
+      <c r="E24" s="49" t="s">
+        <v>47</v>
+      </c>
+      <c r="F24" s="49" t="s">
+        <v>48</v>
+      </c>
+      <c r="G24" s="49" t="s">
+        <v>11</v>
+      </c>
+      <c r="H24" s="49">
+        <v>7</v>
+      </c>
+      <c r="I24" s="49" t="s">
+        <v>58</v>
+      </c>
+      <c r="J24" s="49" t="s">
+        <v>58</v>
+      </c>
+      <c r="K24" s="187"/>
+      <c r="L24" s="32"/>
+      <c r="M24" s="33"/>
+      <c r="N24" s="33"/>
+      <c r="O24" s="33"/>
+      <c r="P24" s="33"/>
+      <c r="Q24" s="33"/>
+      <c r="R24" s="33"/>
+      <c r="S24" s="34"/>
+      <c r="T24" s="160"/>
+      <c r="U24" s="268">
+        <v>7</v>
+      </c>
+      <c r="V24" s="49">
+        <v>8</v>
+      </c>
+      <c r="W24" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="X24" s="49" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y24" s="49" t="s">
+        <v>11</v>
+      </c>
+      <c r="Z24" s="49" t="s">
+        <v>58</v>
+      </c>
+      <c r="AA24" s="267"/>
+      <c r="AB24" s="36"/>
+      <c r="AC24" s="33"/>
+      <c r="AD24" s="33"/>
+      <c r="AE24" s="33"/>
+      <c r="AF24" s="33"/>
+      <c r="AG24" s="33"/>
+      <c r="AH24" s="33"/>
+      <c r="AI24" s="34"/>
+      <c r="AJ24" s="160"/>
+      <c r="AK24" s="111"/>
+      <c r="AL24" s="111"/>
+      <c r="AM24" s="111"/>
+      <c r="AN24" s="111"/>
+      <c r="AO24" s="111"/>
+      <c r="AP24" s="83"/>
+      <c r="AQ24" s="168"/>
+      <c r="AR24" s="67">
+        <f t="shared" si="1"/>
         <v>12</v>
       </c>
-      <c r="E14" s="69" t="s">
+      <c r="AS24" s="84"/>
+    </row>
+    <row r="25" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="246" t="s">
+        <v>34</v>
+      </c>
+      <c r="B25" s="105" t="s">
+        <v>35</v>
+      </c>
+      <c r="C25" s="74">
+        <v>40</v>
+      </c>
+      <c r="D25" s="32"/>
+      <c r="E25" s="33"/>
+      <c r="F25" s="33"/>
+      <c r="G25" s="33"/>
+      <c r="H25" s="33"/>
+      <c r="I25" s="33"/>
+      <c r="J25" s="33"/>
+      <c r="K25" s="35"/>
+      <c r="L25" s="106">
+        <v>6</v>
+      </c>
+      <c r="M25" s="108">
+        <v>1</v>
+      </c>
+      <c r="N25" s="107">
+        <v>5</v>
+      </c>
+      <c r="O25" s="108"/>
+      <c r="P25" s="108">
+        <v>2</v>
+      </c>
+      <c r="Q25" s="108" t="s">
+        <v>48</v>
+      </c>
+      <c r="R25" s="108"/>
+      <c r="S25" s="109"/>
+      <c r="T25" s="160"/>
+      <c r="U25" s="33"/>
+      <c r="V25" s="111"/>
+      <c r="W25" s="224"/>
+      <c r="X25" s="111"/>
+      <c r="Y25" s="33"/>
+      <c r="Z25" s="33"/>
+      <c r="AA25" s="35"/>
+      <c r="AB25" s="225">
+        <v>3</v>
+      </c>
+      <c r="AC25" s="107">
+        <v>2</v>
+      </c>
+      <c r="AD25" s="108"/>
+      <c r="AE25" s="108">
+        <v>4</v>
+      </c>
+      <c r="AF25" s="107">
+        <v>1</v>
+      </c>
+      <c r="AG25" s="33"/>
+      <c r="AH25" s="33"/>
+      <c r="AI25" s="34"/>
+      <c r="AJ25" s="5">
+        <v>3</v>
+      </c>
+      <c r="AK25" s="6">
+        <v>8</v>
+      </c>
+      <c r="AL25" s="47"/>
+      <c r="AM25" s="47" t="s">
+        <v>47</v>
+      </c>
+      <c r="AN25" s="47">
+        <v>7</v>
+      </c>
+      <c r="AO25" s="47">
+        <v>4</v>
+      </c>
+      <c r="AP25" s="47" t="s">
+        <v>11</v>
+      </c>
+      <c r="AQ25" s="141" t="s">
+        <v>11</v>
+      </c>
+      <c r="AR25" s="37">
+        <f t="shared" si="1"/>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="26" spans="1:45" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="172" t="s">
+        <v>36</v>
+      </c>
+      <c r="B26" s="51" t="s">
+        <v>37</v>
+      </c>
+      <c r="C26" s="173">
+        <v>27</v>
+      </c>
+      <c r="D26" s="25"/>
+      <c r="E26" s="26"/>
+      <c r="F26" s="26"/>
+      <c r="G26" s="112"/>
+      <c r="H26" s="26"/>
+      <c r="I26" s="26"/>
+      <c r="J26" s="26"/>
+      <c r="K26" s="113"/>
+      <c r="L26" s="25"/>
+      <c r="M26" s="26"/>
+      <c r="N26" s="26"/>
+      <c r="O26" s="26"/>
+      <c r="P26" s="26"/>
+      <c r="Q26" s="26"/>
+      <c r="R26" s="26"/>
+      <c r="S26" s="27"/>
+      <c r="T26" s="25"/>
+      <c r="U26" s="26"/>
+      <c r="V26" s="150"/>
+      <c r="W26" s="26"/>
+      <c r="X26" s="26"/>
+      <c r="Y26" s="26"/>
+      <c r="Z26" s="151"/>
+      <c r="AA26" s="113"/>
+      <c r="AB26" s="25"/>
+      <c r="AC26" s="151"/>
+      <c r="AD26" s="152"/>
+      <c r="AE26" s="26"/>
+      <c r="AF26" s="153"/>
+      <c r="AG26" s="26"/>
+      <c r="AH26" s="26"/>
+      <c r="AI26" s="154"/>
+      <c r="AJ26" s="237" t="s">
+        <v>48</v>
+      </c>
+      <c r="AK26" s="40" t="s">
+        <v>47</v>
+      </c>
+      <c r="AL26" s="40">
+        <v>7</v>
+      </c>
+      <c r="AM26" s="40"/>
+      <c r="AN26" s="40">
+        <v>5</v>
+      </c>
+      <c r="AO26" s="40">
+        <v>6</v>
+      </c>
+      <c r="AP26" s="234"/>
+      <c r="AQ26" s="163"/>
+      <c r="AR26" s="133">
+        <f>COUNTA(D26:AQ26)</f>
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="200" t="s">
+        <v>40</v>
+      </c>
+      <c r="B27" s="161" t="s">
+        <v>38</v>
+      </c>
+      <c r="C27" s="174">
+        <v>43</v>
+      </c>
+      <c r="D27" s="69"/>
+      <c r="E27" s="70"/>
+      <c r="F27" s="70"/>
+      <c r="G27" s="70"/>
+      <c r="H27" s="70"/>
+      <c r="I27" s="70"/>
+      <c r="J27" s="70"/>
+      <c r="K27" s="81"/>
+      <c r="L27" s="69"/>
+      <c r="M27" s="70"/>
+      <c r="N27" s="70"/>
+      <c r="O27" s="70"/>
+      <c r="P27" s="70"/>
+      <c r="Q27" s="70"/>
+      <c r="R27" s="70"/>
+      <c r="S27" s="71"/>
+      <c r="T27" s="162"/>
+      <c r="U27" s="99"/>
+      <c r="V27" s="70"/>
+      <c r="W27" s="99"/>
+      <c r="X27" s="226"/>
+      <c r="Y27" s="99"/>
+      <c r="Z27" s="99"/>
+      <c r="AA27" s="81"/>
+      <c r="AB27" s="86">
+        <v>5</v>
+      </c>
+      <c r="AC27" s="63">
+        <v>5</v>
+      </c>
+      <c r="AD27" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="AE27" s="63">
+        <v>7</v>
+      </c>
+      <c r="AF27" s="63">
+        <v>7</v>
+      </c>
+      <c r="AG27" s="63" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH27" s="63" t="s">
+        <v>58</v>
+      </c>
+      <c r="AI27" s="66"/>
+      <c r="AJ27" s="86">
+        <v>6</v>
+      </c>
+      <c r="AK27" s="63">
+        <v>6</v>
+      </c>
+      <c r="AL27" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="AM27" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="AN27" s="63"/>
+      <c r="AO27" s="63"/>
+      <c r="AP27" s="63"/>
+      <c r="AQ27" s="90"/>
+      <c r="AR27" s="134">
+        <f>COUNTA(D27:AQ27)</f>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="28" spans="1:45" ht="16.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="302" t="s">
+        <v>39</v>
+      </c>
+      <c r="B28" s="57" t="s">
+        <v>38</v>
+      </c>
+      <c r="C28" s="175">
+        <v>29</v>
+      </c>
+      <c r="D28" s="69"/>
+      <c r="E28" s="70"/>
+      <c r="F28" s="70"/>
+      <c r="G28" s="70"/>
+      <c r="H28" s="70"/>
+      <c r="I28" s="70"/>
+      <c r="J28" s="70"/>
+      <c r="K28" s="81"/>
+      <c r="L28" s="69"/>
+      <c r="M28" s="70"/>
+      <c r="N28" s="70"/>
+      <c r="O28" s="70"/>
+      <c r="P28" s="70"/>
+      <c r="Q28" s="70"/>
+      <c r="R28" s="70"/>
+      <c r="S28" s="71"/>
+      <c r="T28" s="162"/>
+      <c r="U28" s="99"/>
+      <c r="V28" s="99"/>
+      <c r="W28" s="99"/>
+      <c r="X28" s="70"/>
+      <c r="Y28" s="70"/>
+      <c r="Z28" s="99"/>
+      <c r="AA28" s="81"/>
+      <c r="AB28" s="86">
+        <v>5</v>
+      </c>
+      <c r="AC28" s="63">
+        <v>5</v>
+      </c>
+      <c r="AD28" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="AE28" s="63">
+        <v>7</v>
+      </c>
+      <c r="AF28" s="63">
+        <v>7</v>
+      </c>
+      <c r="AG28" s="99"/>
+      <c r="AH28" s="99"/>
+      <c r="AI28" s="71"/>
+      <c r="AJ28" s="86">
+        <v>6</v>
+      </c>
+      <c r="AK28" s="63">
+        <v>6</v>
+      </c>
+      <c r="AL28" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="AM28" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="AN28" s="63"/>
+      <c r="AO28" s="59">
+        <v>8</v>
+      </c>
+      <c r="AP28" s="59"/>
+      <c r="AQ28" s="66"/>
+      <c r="AR28" s="134">
+        <f>COUNTA(D28:AP28)</f>
+        <v>10</v>
+      </c>
+    </row>
+    <row r="29" spans="1:45" s="84" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="303"/>
+      <c r="B29" s="176" t="s">
+        <v>37</v>
+      </c>
+      <c r="C29" s="177">
+        <v>29</v>
+      </c>
+      <c r="D29" s="76"/>
+      <c r="E29" s="77"/>
+      <c r="F29" s="77"/>
+      <c r="G29" s="77"/>
+      <c r="H29" s="77"/>
+      <c r="I29" s="77"/>
+      <c r="J29" s="77"/>
+      <c r="K29" s="144"/>
+      <c r="L29" s="76"/>
+      <c r="M29" s="77"/>
+      <c r="N29" s="77"/>
+      <c r="O29" s="77"/>
+      <c r="P29" s="77"/>
+      <c r="Q29" s="77"/>
+      <c r="R29" s="77"/>
+      <c r="S29" s="78"/>
+      <c r="T29" s="76"/>
+      <c r="U29" s="77"/>
+      <c r="V29" s="227"/>
+      <c r="W29" s="77"/>
+      <c r="X29" s="77"/>
+      <c r="Y29" s="77"/>
+      <c r="Z29" s="77"/>
+      <c r="AA29" s="144"/>
+      <c r="AB29" s="5"/>
+      <c r="AC29" s="6"/>
+      <c r="AD29" s="6"/>
+      <c r="AE29" s="6"/>
+      <c r="AF29" s="47"/>
+      <c r="AG29" s="47"/>
+      <c r="AH29" s="47"/>
+      <c r="AI29" s="11"/>
+      <c r="AJ29" s="228"/>
+      <c r="AK29" s="6"/>
+      <c r="AL29" s="6"/>
+      <c r="AM29" s="6"/>
+      <c r="AN29" s="6"/>
+      <c r="AO29" s="6"/>
+      <c r="AP29" s="6">
+        <v>8</v>
+      </c>
+      <c r="AQ29" s="11"/>
+      <c r="AR29" s="12">
+        <f>COUNTA(D29:AP29)</f>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="199" t="s">
+        <v>52</v>
+      </c>
+      <c r="B30" s="95" t="s">
+        <v>41</v>
+      </c>
+      <c r="C30" s="146">
+        <v>45</v>
+      </c>
+      <c r="D30" s="229"/>
+      <c r="E30" s="230"/>
+      <c r="F30" s="231"/>
+      <c r="G30" s="231"/>
+      <c r="H30" s="230"/>
+      <c r="I30" s="97"/>
+      <c r="J30" s="209"/>
+      <c r="K30" s="21"/>
+      <c r="L30" s="19"/>
+      <c r="M30" s="20"/>
+      <c r="N30" s="20"/>
+      <c r="O30" s="20"/>
+      <c r="P30" s="20"/>
+      <c r="Q30" s="20"/>
+      <c r="R30" s="20"/>
+      <c r="S30" s="24"/>
+      <c r="T30" s="143">
+        <v>3</v>
+      </c>
+      <c r="U30" s="15">
+        <v>8</v>
+      </c>
+      <c r="V30" s="15"/>
+      <c r="W30" s="16" t="s">
+        <v>76</v>
+      </c>
+      <c r="X30" s="16">
+        <v>4</v>
+      </c>
+      <c r="Y30" s="16">
+        <v>6</v>
+      </c>
+      <c r="Z30" s="16"/>
+      <c r="AA30" s="17"/>
+      <c r="AB30" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC30" s="16" t="s">
+        <v>48</v>
+      </c>
+      <c r="AD30" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE30" s="16"/>
+      <c r="AF30" s="132" t="s">
+        <v>48</v>
+      </c>
+      <c r="AG30" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="AH30" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="AI30" s="164"/>
+      <c r="AJ30" s="117"/>
+      <c r="AK30" s="115"/>
+      <c r="AL30" s="115"/>
+      <c r="AM30" s="84"/>
+      <c r="AN30" s="84"/>
+      <c r="AO30" s="163"/>
+      <c r="AP30" s="178"/>
+      <c r="AQ30" s="84"/>
+      <c r="AR30" s="98">
+        <f>COUNTA(D30:AP30)</f>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="31" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="242" t="s">
         <v>53</v>
       </c>
-      <c r="F14" s="89" t="s">
-[...60 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="B31" s="79" t="s">
+        <v>42</v>
+      </c>
+      <c r="C31" s="243">
         <v>13</v>
       </c>
-      <c r="AS14" s="210"/>
-[...8 lines deleted...]
-      <c r="C15" s="123">
+      <c r="D31" s="190">
         <v>7</v>
       </c>
-      <c r="D15" s="75"/>
-[...38 lines deleted...]
-      <c r="AC15" s="69">
+      <c r="E31" s="117"/>
+      <c r="F31" s="117" t="s">
+        <v>47</v>
+      </c>
+      <c r="G31" s="117">
+        <v>1</v>
+      </c>
+      <c r="H31" s="117">
         <v>5</v>
       </c>
-      <c r="AD15" s="69">
-[...1101 lines deleted...]
-      <c r="L31" s="19"/>
+      <c r="I31" s="201"/>
+      <c r="J31" s="117" t="s">
+        <v>47</v>
+      </c>
+      <c r="K31" s="17"/>
+      <c r="L31" s="231"/>
       <c r="M31" s="20"/>
       <c r="N31" s="20"/>
       <c r="O31" s="20"/>
       <c r="P31" s="20"/>
       <c r="Q31" s="20"/>
       <c r="R31" s="20"/>
       <c r="S31" s="24"/>
-      <c r="T31" s="154">
+      <c r="T31" s="19"/>
+      <c r="U31" s="20"/>
+      <c r="V31" s="20"/>
+      <c r="W31" s="70"/>
+      <c r="X31" s="20"/>
+      <c r="Y31" s="20"/>
+      <c r="Z31" s="20"/>
+      <c r="AA31" s="21"/>
+      <c r="AB31" s="207"/>
+      <c r="AC31" s="20"/>
+      <c r="AD31" s="20"/>
+      <c r="AE31" s="20"/>
+      <c r="AF31" s="80"/>
+      <c r="AG31" s="20"/>
+      <c r="AH31" s="137"/>
+      <c r="AI31" s="21"/>
+      <c r="AJ31" s="209"/>
+      <c r="AK31" s="209"/>
+      <c r="AL31" s="209"/>
+      <c r="AM31" s="209"/>
+      <c r="AN31" s="209"/>
+      <c r="AO31" s="209"/>
+      <c r="AP31" s="97"/>
+      <c r="AQ31" s="232"/>
+      <c r="AR31" s="67">
+        <f>COUNTA(D31:AO31)</f>
+        <v>5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:45" s="84" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="116" t="s">
+        <v>54</v>
+      </c>
+      <c r="B32" s="79" t="s">
+        <v>43</v>
+      </c>
+      <c r="C32" s="114"/>
+      <c r="D32" s="100"/>
+      <c r="E32" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="F32" s="63">
+        <v>7</v>
+      </c>
+      <c r="G32" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="H32" s="63" t="s">
+        <v>58</v>
+      </c>
+      <c r="I32" s="63">
+        <v>5</v>
+      </c>
+      <c r="J32" s="63">
+        <v>8</v>
+      </c>
+      <c r="K32" s="90"/>
+      <c r="L32" s="69"/>
+      <c r="M32" s="70"/>
+      <c r="N32" s="70"/>
+      <c r="O32" s="70"/>
+      <c r="P32" s="70"/>
+      <c r="Q32" s="70"/>
+      <c r="R32" s="70"/>
+      <c r="S32" s="81"/>
+      <c r="T32" s="86" t="s">
+        <v>48</v>
+      </c>
+      <c r="U32" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="V32" s="63">
+        <v>7</v>
+      </c>
+      <c r="W32" s="118"/>
+      <c r="X32" s="63">
+        <v>5</v>
+      </c>
+      <c r="Y32" s="63" t="s">
+        <v>58</v>
+      </c>
+      <c r="Z32" s="63">
+        <v>8</v>
+      </c>
+      <c r="AA32" s="90"/>
+      <c r="AB32" s="69"/>
+      <c r="AC32" s="70"/>
+      <c r="AD32" s="70"/>
+      <c r="AE32" s="70"/>
+      <c r="AF32" s="70"/>
+      <c r="AG32" s="70"/>
+      <c r="AH32" s="99"/>
+      <c r="AI32" s="210"/>
+      <c r="AJ32" s="86"/>
+      <c r="AK32" s="63">
+        <v>5</v>
+      </c>
+      <c r="AL32" s="63"/>
+      <c r="AM32" s="118" t="s">
+        <v>58</v>
+      </c>
+      <c r="AN32" s="63">
+        <v>8</v>
+      </c>
+      <c r="AO32" s="63">
+        <v>7</v>
+      </c>
+      <c r="AP32" s="63"/>
+      <c r="AQ32" s="66"/>
+      <c r="AR32" s="67">
+        <f>COUNTA(D32:AP32)</f>
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="1:45" s="84" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="56" t="s">
+        <v>55</v>
+      </c>
+      <c r="B33" s="79" t="s">
+        <v>43</v>
+      </c>
+      <c r="C33" s="114"/>
+      <c r="D33" s="100">
+        <v>6</v>
+      </c>
+      <c r="E33" s="63" t="s">
+        <v>48</v>
+      </c>
+      <c r="F33" s="63"/>
+      <c r="G33" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="H33" s="63" t="s">
+        <v>11</v>
+      </c>
+      <c r="I33" s="63"/>
+      <c r="J33" s="63"/>
+      <c r="K33" s="90"/>
+      <c r="L33" s="69"/>
+      <c r="M33" s="70"/>
+      <c r="N33" s="70"/>
+      <c r="O33" s="70"/>
+      <c r="P33" s="70"/>
+      <c r="Q33" s="70"/>
+      <c r="R33" s="70"/>
+      <c r="S33" s="81"/>
+      <c r="T33" s="86" t="s">
+        <v>48</v>
+      </c>
+      <c r="U33" s="63" t="s">
+        <v>47</v>
+      </c>
+      <c r="V33" s="63">
+        <v>6</v>
+      </c>
+      <c r="W33" s="119" t="s">
+        <v>11</v>
+      </c>
+      <c r="X33" s="63"/>
+      <c r="Y33" s="63"/>
+      <c r="Z33" s="63"/>
+      <c r="AA33" s="90"/>
+      <c r="AB33" s="69"/>
+      <c r="AC33" s="70"/>
+      <c r="AD33" s="70"/>
+      <c r="AE33" s="70"/>
+      <c r="AF33" s="70"/>
+      <c r="AG33" s="70"/>
+      <c r="AH33" s="70"/>
+      <c r="AI33" s="71"/>
+      <c r="AJ33" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="AK33" s="63"/>
+      <c r="AL33" s="63">
+        <v>6</v>
+      </c>
+      <c r="AM33" s="63"/>
+      <c r="AN33" s="59"/>
+      <c r="AO33" s="63"/>
+      <c r="AP33" s="63"/>
+      <c r="AQ33" s="66"/>
+      <c r="AR33" s="67">
+        <f>COUNTA(D33:AP33)</f>
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34" spans="1:45" s="84" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="295" t="s">
+        <v>44</v>
+      </c>
+      <c r="B34" s="79" t="s">
+        <v>43</v>
+      </c>
+      <c r="C34" s="114"/>
+      <c r="D34" s="65"/>
+      <c r="E34" s="63"/>
+      <c r="F34" s="59"/>
+      <c r="G34" s="59"/>
+      <c r="H34" s="59"/>
+      <c r="I34" s="59"/>
+      <c r="J34" s="59"/>
+      <c r="K34" s="66"/>
+      <c r="L34" s="62" t="s">
+        <v>77</v>
+      </c>
+      <c r="M34" s="59"/>
+      <c r="N34" s="59"/>
+      <c r="O34" s="59">
+        <v>1</v>
+      </c>
+      <c r="P34" s="59"/>
+      <c r="Q34" s="63"/>
+      <c r="R34" s="59"/>
+      <c r="S34" s="72"/>
+      <c r="T34" s="64"/>
+      <c r="U34" s="59"/>
+      <c r="V34" s="59"/>
+      <c r="W34" s="189"/>
+      <c r="X34" s="91"/>
+      <c r="Y34" s="63"/>
+      <c r="Z34" s="59"/>
+      <c r="AA34" s="66"/>
+      <c r="AB34" s="64">
+        <v>4</v>
+      </c>
+      <c r="AC34" s="59">
+        <v>1</v>
+      </c>
+      <c r="AD34" s="59"/>
+      <c r="AE34" s="59"/>
+      <c r="AF34" s="59">
         <v>2</v>
       </c>
-      <c r="U31" s="15">
-[...5 lines deleted...]
-      <c r="W31" s="15">
+      <c r="AG34" s="63"/>
+      <c r="AH34" s="59"/>
+      <c r="AI34" s="66"/>
+      <c r="AJ34" s="197"/>
+      <c r="AK34" s="63"/>
+      <c r="AL34" s="269"/>
+      <c r="AM34" s="270"/>
+      <c r="AN34" s="239"/>
+      <c r="AP34" s="59"/>
+      <c r="AQ34" s="66"/>
+      <c r="AR34" s="67">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="35" spans="1:45" s="84" customFormat="1" ht="1.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="296"/>
+      <c r="B35" s="79" t="s">
+        <v>43</v>
+      </c>
+      <c r="C35" s="114">
+        <v>44</v>
+      </c>
+      <c r="D35" s="136"/>
+      <c r="E35" s="77"/>
+      <c r="F35" s="77"/>
+      <c r="G35" s="77"/>
+      <c r="H35" s="77"/>
+      <c r="I35" s="149"/>
+      <c r="J35" s="155"/>
+      <c r="K35" s="78"/>
+      <c r="L35" s="76"/>
+      <c r="M35" s="77"/>
+      <c r="N35" s="77"/>
+      <c r="O35" s="77"/>
+      <c r="P35" s="77"/>
+      <c r="Q35" s="156"/>
+      <c r="R35" s="77"/>
+      <c r="S35" s="144"/>
+      <c r="T35" s="157"/>
+      <c r="U35" s="156"/>
+      <c r="V35" s="77"/>
+      <c r="W35" s="77"/>
+      <c r="X35" s="77"/>
+      <c r="Y35" s="77"/>
+      <c r="Z35" s="158"/>
+      <c r="AA35" s="78"/>
+      <c r="AB35" s="76"/>
+      <c r="AC35" s="77"/>
+      <c r="AD35" s="77"/>
+      <c r="AE35" s="149">
         <v>3</v>
       </c>
-      <c r="X31" s="15"/>
-[...35 lines deleted...]
-        <v>12</v>
+      <c r="AF35" s="77">
+        <v>4</v>
+      </c>
+      <c r="AG35" s="77"/>
+      <c r="AH35" s="155"/>
+      <c r="AI35" s="78"/>
+      <c r="AJ35" s="46"/>
+      <c r="AK35" s="47"/>
+      <c r="AL35" s="47"/>
+      <c r="AM35" s="47"/>
+      <c r="AN35" s="10"/>
+      <c r="AO35" s="120"/>
+      <c r="AP35" s="121"/>
+      <c r="AQ35" s="11"/>
+      <c r="AR35" s="50">
+        <f>COUNTA(D35:AP35)</f>
+        <v>2</v>
       </c>
     </row>
-    <row r="32" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B32" s="86" t="s">
+    <row r="36" spans="1:45" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="295"/>
+      <c r="B36" s="79" t="s">
         <v>43</v>
       </c>
-      <c r="C32" s="290">
-[...54 lines deleted...]
-        <v>5</v>
+      <c r="C36" s="114">
+        <v>44</v>
+      </c>
+      <c r="D36" s="124">
+        <f>COUNTIF(D$4:D$35,"5*")</f>
+        <v>0</v>
+      </c>
+      <c r="E36" s="124">
+        <f t="shared" ref="E36:AQ36" si="2">COUNTIF(E$4:E$35,"5")</f>
+        <v>1</v>
+      </c>
+      <c r="F36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="G36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="H36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="I36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="J36" s="124">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="K36" s="124">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="L36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="M36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="N36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="O36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="P36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="Q36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="R36" s="124">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="S36" s="124">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="T36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="U36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="V36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="W36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="X36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="Y36" s="124">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="Z36" s="124">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AA36" s="124">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AB36" s="124">
+        <f t="shared" si="2"/>
+        <v>2</v>
+      </c>
+      <c r="AC36" s="124">
+        <f t="shared" si="2"/>
+        <v>2</v>
+      </c>
+      <c r="AD36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="AE36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="AF36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="AG36" s="124">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AH36" s="124">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AI36" s="124">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AJ36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="AK36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="AL36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="AM36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="AN36" s="124">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="AO36" s="124">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AP36" s="124">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AQ36" s="124">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AR36" s="123">
+        <f t="shared" ref="AR36:AR37" si="3">SUM(D36:AQ36)</f>
+        <v>28</v>
       </c>
     </row>
-    <row r="33" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...84 lines deleted...]
-      </c>
+    <row r="37" spans="1:45" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="296"/>
+      <c r="B37" s="79"/>
+      <c r="C37" s="114"/>
+      <c r="D37" s="126">
+        <f t="shared" ref="D37:AQ37" si="4">COUNTIF(D$4:D$35,"6")</f>
+        <v>1</v>
+      </c>
+      <c r="E37" s="126">
+        <f t="shared" si="4"/>
+        <v>2</v>
+      </c>
+      <c r="F37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="G37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="H37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="I37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="J37" s="126">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="K37" s="126">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="L37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="M37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="N37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="O37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="P37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="Q37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="R37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="S37" s="126">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="T37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="U37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="V37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="W37" s="126">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="X37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="Y37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="Z37" s="126">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AA37" s="126">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AB37" s="126">
+        <f t="shared" si="4"/>
+        <v>2</v>
+      </c>
+      <c r="AC37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="AD37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="AE37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="AF37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="AG37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="AH37" s="126">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AI37" s="126">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AJ37" s="126">
+        <f t="shared" si="4"/>
+        <v>2</v>
+      </c>
+      <c r="AK37" s="126">
+        <f t="shared" si="4"/>
+        <v>2</v>
+      </c>
+      <c r="AL37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="AM37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="AN37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="AO37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="AP37" s="126">
+        <f t="shared" si="4"/>
+        <v>1</v>
+      </c>
+      <c r="AQ37" s="126">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AR37" s="123">
+        <f t="shared" si="3"/>
+        <v>35</v>
+      </c>
+      <c r="AS37" s="125"/>
     </row>
-    <row r="34" spans="1:45" s="91" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...78 lines deleted...]
-      </c>
+    <row r="38" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A38" s="122"/>
+      <c r="B38" s="123"/>
+      <c r="D38" s="126"/>
+      <c r="E38" s="126"/>
+      <c r="F38" s="126"/>
+      <c r="G38" s="126"/>
+      <c r="H38" s="126"/>
+      <c r="I38" s="126"/>
+      <c r="J38" s="126"/>
+      <c r="K38" s="126"/>
+      <c r="L38" s="126"/>
+      <c r="M38" s="126"/>
+      <c r="N38" s="126"/>
+      <c r="O38" s="126"/>
+      <c r="P38" s="126"/>
+      <c r="Q38" s="126"/>
+      <c r="R38" s="126"/>
+      <c r="S38" s="126"/>
+      <c r="T38" s="126"/>
+      <c r="U38" s="126"/>
+      <c r="V38" s="126"/>
+      <c r="W38" s="126"/>
+      <c r="X38" s="126"/>
+      <c r="Y38" s="126"/>
+      <c r="Z38" s="126"/>
+      <c r="AA38" s="126"/>
+      <c r="AB38" s="126"/>
+      <c r="AC38" s="126"/>
+      <c r="AD38" s="126"/>
+      <c r="AE38" s="126"/>
+      <c r="AF38" s="126"/>
+      <c r="AG38" s="126"/>
+      <c r="AH38" s="126"/>
+      <c r="AI38" s="126"/>
+      <c r="AJ38" s="126"/>
+      <c r="AK38" s="126"/>
+      <c r="AL38" s="126"/>
+      <c r="AM38" s="126"/>
+      <c r="AN38" s="126"/>
+      <c r="AO38" s="126"/>
+      <c r="AP38" s="126"/>
+      <c r="AQ38" s="126"/>
+      <c r="AR38" s="123"/>
+      <c r="AS38" s="125"/>
     </row>
-    <row r="35" spans="1:45" s="91" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...73 lines deleted...]
-      </c>
+    <row r="39" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A39" s="122"/>
+      <c r="B39" s="127"/>
+      <c r="C39" s="128"/>
+      <c r="D39" s="129"/>
+      <c r="E39" s="129"/>
+      <c r="F39" s="129"/>
+      <c r="G39" s="129"/>
+      <c r="H39" s="129"/>
+      <c r="I39" s="129"/>
+      <c r="J39" s="129"/>
+      <c r="K39" s="129"/>
+      <c r="L39" s="129"/>
+      <c r="M39" s="129"/>
+      <c r="N39" s="129"/>
+      <c r="O39" s="129"/>
+      <c r="P39" s="129"/>
+      <c r="Q39" s="129"/>
+      <c r="R39" s="129"/>
+      <c r="S39" s="129"/>
+      <c r="T39" s="129"/>
+      <c r="U39" s="129"/>
+      <c r="V39" s="129"/>
+      <c r="W39" s="129"/>
+      <c r="X39" s="129"/>
+      <c r="Y39" s="129"/>
+      <c r="Z39" s="129"/>
+      <c r="AA39" s="129"/>
+      <c r="AB39" s="129"/>
+      <c r="AC39" s="129"/>
+      <c r="AD39" s="129"/>
+      <c r="AE39" s="129"/>
+      <c r="AF39" s="129"/>
+      <c r="AG39" s="129"/>
+      <c r="AH39" s="129"/>
+      <c r="AI39" s="129"/>
+      <c r="AJ39" s="129"/>
+      <c r="AK39" s="129"/>
+      <c r="AL39" s="129"/>
+      <c r="AM39" s="129"/>
+      <c r="AN39" s="129"/>
+      <c r="AO39" s="129"/>
+      <c r="AP39" s="129"/>
+      <c r="AQ39" s="129"/>
+      <c r="AR39" s="123"/>
+      <c r="AS39" s="125"/>
     </row>
-    <row r="36" spans="1:45" s="91" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...64 lines deleted...]
-      </c>
+    <row r="40" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A40" s="122"/>
+      <c r="B40" s="127"/>
+      <c r="C40" s="128"/>
+      <c r="D40" s="130"/>
+      <c r="E40" s="130"/>
+      <c r="F40" s="130"/>
+      <c r="G40" s="130"/>
+      <c r="H40" s="130"/>
+      <c r="I40" s="130"/>
+      <c r="J40" s="130"/>
+      <c r="K40" s="130"/>
+      <c r="L40" s="130"/>
+      <c r="M40" s="130"/>
+      <c r="N40" s="130"/>
+      <c r="O40" s="130"/>
+      <c r="P40" s="130"/>
+      <c r="Q40" s="130"/>
+      <c r="R40" s="130"/>
+      <c r="S40" s="130"/>
+      <c r="T40" s="130"/>
+      <c r="U40" s="130"/>
+      <c r="V40" s="130"/>
+      <c r="W40" s="130"/>
+      <c r="X40" s="130"/>
+      <c r="Y40" s="130"/>
+      <c r="Z40" s="130"/>
+      <c r="AA40" s="130"/>
+      <c r="AB40" s="130"/>
+      <c r="AC40" s="130"/>
+      <c r="AD40" s="130"/>
+      <c r="AE40" s="130"/>
+      <c r="AF40" s="130"/>
+      <c r="AG40" s="130"/>
+      <c r="AH40" s="130"/>
+      <c r="AI40" s="130"/>
+      <c r="AJ40" s="130"/>
+      <c r="AK40" s="130"/>
+      <c r="AL40" s="130"/>
+      <c r="AM40" s="130"/>
+      <c r="AN40" s="130"/>
+      <c r="AO40" s="130"/>
+      <c r="AP40" s="130"/>
+      <c r="AQ40" s="130"/>
+      <c r="AR40" s="123"/>
+      <c r="AS40" s="125"/>
     </row>
-    <row r="37" spans="1:45" s="91" customFormat="1" ht="1.1499999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...168 lines deleted...]
-      </c>
+    <row r="41" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A41" s="122"/>
+      <c r="B41" s="123"/>
+      <c r="D41" s="130"/>
+      <c r="E41" s="130"/>
+      <c r="F41" s="130"/>
+      <c r="G41" s="130"/>
+      <c r="H41" s="130"/>
+      <c r="I41" s="130"/>
+      <c r="J41" s="130"/>
+      <c r="K41" s="130"/>
+      <c r="L41" s="130"/>
+      <c r="M41" s="130"/>
+      <c r="N41" s="130"/>
+      <c r="O41" s="130"/>
+      <c r="P41" s="130"/>
+      <c r="Q41" s="130"/>
+      <c r="R41" s="130"/>
+      <c r="S41" s="130"/>
+      <c r="T41" s="130"/>
+      <c r="U41" s="130"/>
+      <c r="V41" s="130"/>
+      <c r="W41" s="130"/>
+      <c r="X41" s="130"/>
+      <c r="Y41" s="130"/>
+      <c r="Z41" s="130"/>
+      <c r="AA41" s="130"/>
+      <c r="AB41" s="130"/>
+      <c r="AC41" s="130"/>
+      <c r="AD41" s="130"/>
+      <c r="AE41" s="130"/>
+      <c r="AF41" s="130"/>
+      <c r="AG41" s="130"/>
+      <c r="AH41" s="130"/>
+      <c r="AI41" s="130"/>
+      <c r="AJ41" s="130"/>
+      <c r="AK41" s="130"/>
+      <c r="AL41" s="130"/>
+      <c r="AM41" s="130"/>
+      <c r="AN41" s="130"/>
+      <c r="AO41" s="130"/>
+      <c r="AP41" s="130"/>
+      <c r="AQ41" s="130"/>
+      <c r="AR41" s="123"/>
+      <c r="AS41" s="125"/>
     </row>
-    <row r="38" spans="1:45" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...167 lines deleted...]
-      </c>
+    <row r="42" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A42" s="122"/>
+      <c r="B42" s="127"/>
+      <c r="C42" s="128"/>
+      <c r="D42" s="126"/>
+      <c r="E42" s="126"/>
+      <c r="F42" s="126"/>
+      <c r="G42" s="126"/>
+      <c r="H42" s="126"/>
+      <c r="I42" s="126"/>
+      <c r="J42" s="126"/>
+      <c r="K42" s="126"/>
+      <c r="L42" s="126"/>
+      <c r="M42" s="126"/>
+      <c r="N42" s="126"/>
+      <c r="O42" s="126"/>
+      <c r="P42" s="126"/>
+      <c r="Q42" s="126"/>
+      <c r="R42" s="126"/>
+      <c r="S42" s="126"/>
+      <c r="T42" s="126"/>
+      <c r="U42" s="126"/>
+      <c r="V42" s="126"/>
+      <c r="W42" s="126"/>
+      <c r="X42" s="126"/>
+      <c r="Y42" s="126"/>
+      <c r="Z42" s="126"/>
+      <c r="AA42" s="126"/>
+      <c r="AB42" s="126"/>
+      <c r="AC42" s="126"/>
+      <c r="AD42" s="126"/>
+      <c r="AE42" s="126"/>
+      <c r="AF42" s="126"/>
+      <c r="AG42" s="126"/>
+      <c r="AH42" s="126"/>
+      <c r="AI42" s="126"/>
+      <c r="AJ42" s="126"/>
+      <c r="AK42" s="126"/>
+      <c r="AL42" s="126"/>
+      <c r="AM42" s="126"/>
+      <c r="AN42" s="126"/>
+      <c r="AO42" s="126"/>
+      <c r="AP42" s="126"/>
+      <c r="AQ42" s="126"/>
+      <c r="AR42" s="123"/>
+      <c r="AS42" s="125"/>
     </row>
-    <row r="39" spans="1:45" x14ac:dyDescent="0.2">
-[...43 lines deleted...]
-      <c r="AS39" s="135"/>
+    <row r="43" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A43" s="122"/>
+      <c r="B43" s="127"/>
+      <c r="C43" s="128"/>
+      <c r="D43" s="126"/>
+      <c r="E43" s="126"/>
+      <c r="F43" s="126"/>
+      <c r="G43" s="126"/>
+      <c r="H43" s="126"/>
+      <c r="I43" s="126"/>
+      <c r="J43" s="126"/>
+      <c r="K43" s="126"/>
+      <c r="L43" s="126"/>
+      <c r="M43" s="126"/>
+      <c r="N43" s="126"/>
+      <c r="O43" s="126"/>
+      <c r="P43" s="126"/>
+      <c r="Q43" s="126"/>
+      <c r="R43" s="126"/>
+      <c r="S43" s="126"/>
+      <c r="T43" s="126"/>
+      <c r="U43" s="126"/>
+      <c r="V43" s="126"/>
+      <c r="W43" s="126"/>
+      <c r="X43" s="126"/>
+      <c r="Y43" s="126"/>
+      <c r="Z43" s="126"/>
+      <c r="AA43" s="126"/>
+      <c r="AB43" s="126"/>
+      <c r="AC43" s="126"/>
+      <c r="AD43" s="126"/>
+      <c r="AE43" s="126"/>
+      <c r="AF43" s="126"/>
+      <c r="AG43" s="126"/>
+      <c r="AH43" s="126"/>
+      <c r="AI43" s="126"/>
+      <c r="AJ43" s="126"/>
+      <c r="AK43" s="126"/>
+      <c r="AL43" s="126"/>
+      <c r="AM43" s="126"/>
+      <c r="AN43" s="126"/>
+      <c r="AO43" s="126"/>
+      <c r="AP43" s="126"/>
+      <c r="AQ43" s="126"/>
+      <c r="AR43" s="123"/>
     </row>
-    <row r="40" spans="1:45" x14ac:dyDescent="0.2">
-[...44 lines deleted...]
-      <c r="AS40" s="135"/>
+    <row r="44" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A44" s="122"/>
     </row>
-    <row r="41" spans="1:45" x14ac:dyDescent="0.2">
-[...187 lines deleted...]
-      <c r="A45" s="132"/>
+    <row r="45" spans="1:45" x14ac:dyDescent="0.25">
+      <c r="A45" s="122"/>
     </row>
   </sheetData>
-  <mergeCells count="19">
+  <mergeCells count="18">
+    <mergeCell ref="A12:A13"/>
+    <mergeCell ref="C12:C13"/>
+    <mergeCell ref="A34:A35"/>
+    <mergeCell ref="A14:A16"/>
+    <mergeCell ref="A36:A37"/>
+    <mergeCell ref="A20:A21"/>
+    <mergeCell ref="C20:C21"/>
+    <mergeCell ref="A28:A29"/>
+    <mergeCell ref="C17:C19"/>
     <mergeCell ref="A1:AQ1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:K2"/>
     <mergeCell ref="L2:S2"/>
     <mergeCell ref="T2:AA2"/>
     <mergeCell ref="AB2:AI2"/>
     <mergeCell ref="AJ2:AQ2"/>
-    <mergeCell ref="A36:A37"/>
-[...8 lines deleted...]
-    <mergeCell ref="A16:A17"/>
   </mergeCells>
-  <conditionalFormatting sqref="AS39:AS44 D37:AQ42">
+  <conditionalFormatting sqref="AS37:AS42 D36:AQ41">
     <cfRule type="cellIs" dxfId="1" priority="2" stopIfTrue="1" operator="notEqual">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D43:AQ44">
+  <conditionalFormatting sqref="D42:AQ43">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="notEqual">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="7.874015748031496E-2" right="7.874015748031496E-2" top="0.59055118110236227" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" firstPageNumber="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="99" firstPageNumber="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Įvardytieji diapazonai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>