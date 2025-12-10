--- v1 (2025-10-31)
+++ v2 (2025-12-10)
@@ -4,190 +4,191 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Fizika\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\2022\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8B710C61-3596-4D2B-9140-6CF3E4C1CD6C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5F192A77-84EA-44B3-B3A2-590AD52B5935}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="21576" windowHeight="7968" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9195" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Nr.1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Nr.1!$A$1:$AQ$36</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Nr.1!$A$1:$AQ$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AR16" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="AP37" i="1" l="1"/>
+  <c r="AR5" i="1" l="1"/>
+  <c r="AR6" i="1"/>
+  <c r="AQ38" i="1" l="1"/>
+  <c r="AP38" i="1"/>
+  <c r="AO38" i="1"/>
+  <c r="AN38" i="1"/>
+  <c r="AM38" i="1"/>
+  <c r="AL38" i="1"/>
+  <c r="AK38" i="1"/>
+  <c r="AJ38" i="1"/>
+  <c r="AI38" i="1"/>
+  <c r="AH38" i="1"/>
+  <c r="AG38" i="1"/>
+  <c r="AF38" i="1"/>
+  <c r="AE38" i="1"/>
+  <c r="AD38" i="1"/>
+  <c r="AC38" i="1"/>
+  <c r="AB38" i="1"/>
+  <c r="AA38" i="1"/>
+  <c r="Z38" i="1"/>
+  <c r="Y38" i="1"/>
+  <c r="X38" i="1"/>
+  <c r="W38" i="1"/>
+  <c r="V38" i="1"/>
+  <c r="U38" i="1"/>
+  <c r="T38" i="1"/>
+  <c r="S38" i="1"/>
+  <c r="R38" i="1"/>
+  <c r="Q38" i="1"/>
+  <c r="P38" i="1"/>
+  <c r="O38" i="1"/>
+  <c r="N38" i="1"/>
+  <c r="M38" i="1"/>
+  <c r="L38" i="1"/>
+  <c r="K38" i="1"/>
+  <c r="J38" i="1"/>
+  <c r="I38" i="1"/>
+  <c r="H38" i="1"/>
+  <c r="G38" i="1"/>
+  <c r="F38" i="1"/>
+  <c r="E38" i="1"/>
+  <c r="D38" i="1"/>
+  <c r="AQ37" i="1"/>
+  <c r="AP37" i="1"/>
   <c r="AO37" i="1"/>
   <c r="AN37" i="1"/>
   <c r="AM37" i="1"/>
   <c r="AL37" i="1"/>
   <c r="AK37" i="1"/>
   <c r="AJ37" i="1"/>
   <c r="AI37" i="1"/>
   <c r="AH37" i="1"/>
   <c r="AG37" i="1"/>
   <c r="AF37" i="1"/>
   <c r="AE37" i="1"/>
   <c r="AD37" i="1"/>
   <c r="AC37" i="1"/>
   <c r="AB37" i="1"/>
   <c r="AA37" i="1"/>
   <c r="Z37" i="1"/>
   <c r="Y37" i="1"/>
   <c r="X37" i="1"/>
   <c r="W37" i="1"/>
   <c r="V37" i="1"/>
   <c r="U37" i="1"/>
   <c r="T37" i="1"/>
   <c r="S37" i="1"/>
   <c r="R37" i="1"/>
   <c r="Q37" i="1"/>
   <c r="P37" i="1"/>
   <c r="O37" i="1"/>
   <c r="N37" i="1"/>
   <c r="M37" i="1"/>
   <c r="L37" i="1"/>
   <c r="K37" i="1"/>
   <c r="J37" i="1"/>
   <c r="I37" i="1"/>
   <c r="H37" i="1"/>
   <c r="G37" i="1"/>
   <c r="F37" i="1"/>
   <c r="E37" i="1"/>
   <c r="D37" i="1"/>
-  <c r="AQ36" i="1"/>
-[...38 lines deleted...]
-  <c r="D36" i="1"/>
+  <c r="AR36" i="1"/>
   <c r="AR35" i="1"/>
+  <c r="AR34" i="1"/>
   <c r="AR33" i="1"/>
   <c r="AR32" i="1"/>
   <c r="AR31" i="1"/>
   <c r="AR30" i="1"/>
   <c r="AR29" i="1"/>
   <c r="AR28" i="1"/>
+  <c r="AR27" i="1"/>
   <c r="AR26" i="1"/>
   <c r="AR25" i="1"/>
   <c r="AR24" i="1"/>
   <c r="AR23" i="1"/>
   <c r="AR22" i="1"/>
   <c r="AR21" i="1"/>
-  <c r="AR20" i="1"/>
   <c r="AR19" i="1"/>
   <c r="AR18" i="1"/>
   <c r="AR17" i="1"/>
+  <c r="AR15" i="1"/>
   <c r="AR14" i="1"/>
   <c r="AR13" i="1"/>
   <c r="AR12" i="1"/>
-  <c r="AR11" i="1"/>
+  <c r="AR10" i="1"/>
   <c r="AR9" i="1"/>
-  <c r="AQ37" i="1" s="1"/>
   <c r="AR8" i="1"/>
   <c r="AR7" i="1"/>
-  <c r="AR6" i="1"/>
-  <c r="AR5" i="1"/>
   <c r="AR4" i="1"/>
-  <c r="AR37" i="1" l="1"/>
-  <c r="AR36" i="1"/>
+  <c r="AR38" i="1" l="1"/>
+  <c r="AR37" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="80">
   <si>
     <t>Mokytojas</t>
   </si>
   <si>
     <t>Dalykas</t>
   </si>
   <si>
     <t>Kab. Nr.</t>
   </si>
   <si>
     <t>Pirmadienis</t>
   </si>
   <si>
     <t>Antradienis</t>
   </si>
   <si>
     <t>Trečiadienis</t>
   </si>
   <si>
     <t>Ketvirtadienis</t>
   </si>
   <si>
     <t>Penktadienis</t>
   </si>
   <si>
@@ -280,163 +281,160 @@
   <si>
     <t>Dailė</t>
   </si>
   <si>
     <t>Technologijos</t>
   </si>
   <si>
     <t>J. Sakalauskienė</t>
   </si>
   <si>
     <t>V. Sakalauskas</t>
   </si>
   <si>
     <t>Teatras</t>
   </si>
   <si>
     <t>Šokis</t>
   </si>
   <si>
     <t>Fizinis ugdymas</t>
   </si>
   <si>
     <t>Pradinės klasės</t>
   </si>
   <si>
+    <t>R.Aleksandravičienė</t>
+  </si>
+  <si>
+    <t>36/37</t>
+  </si>
+  <si>
     <t>A. Vaištarienė</t>
   </si>
   <si>
     <t>I. Balsiukevičienė</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>II</t>
   </si>
   <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>8kl</t>
+  </si>
+  <si>
     <t>I. Babravičienė</t>
   </si>
   <si>
     <t>Gamtos mokslai</t>
   </si>
   <si>
     <t>J. Rūškys</t>
   </si>
   <si>
     <t>Ž. Maldonienė</t>
   </si>
   <si>
     <t>J. Molienė</t>
   </si>
   <si>
     <t>M. Juonienė</t>
   </si>
   <si>
     <t>Š. Klimavičius</t>
   </si>
   <si>
+    <t>Gyvenimo įgūdž.</t>
+  </si>
+  <si>
     <t>5kl</t>
   </si>
   <si>
     <t>Ikl</t>
   </si>
   <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Pamokų tvarkaraštis 2025/2026 m.m. (galioja nuo 2025-11-10)</t>
+  </si>
+  <si>
     <t>IV</t>
   </si>
   <si>
-    <t>8</t>
-[...5 lines deleted...]
-    <t>5</t>
+    <t>IIIA</t>
+  </si>
+  <si>
+    <t>IIIkl</t>
   </si>
   <si>
     <t>Prancūzų kalba</t>
   </si>
   <si>
-    <t>IK</t>
-[...2 lines deleted...]
-    <t>IIIm</t>
+    <t>B. Aid</t>
+  </si>
+  <si>
+    <t>IIIK</t>
+  </si>
+  <si>
+    <t>IIK</t>
+  </si>
+  <si>
+    <t>S. Juškevičienė</t>
+  </si>
+  <si>
+    <t>IIkl</t>
   </si>
   <si>
     <t>6kl</t>
   </si>
   <si>
-    <t xml:space="preserve">Gyvenimo įgūdžiai </t>
-[...26 lines deleted...]
-    <t>IIkl</t>
+    <t>7kl</t>
   </si>
   <si>
     <t>IVkl</t>
-  </si>
-[...10 lines deleted...]
-    <t>Pamokų tvarkaraštis 2025/2026 m.m. (galioja nuo 2025-09-01)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="6"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
@@ -489,79 +487,72 @@
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="65">
+  <borders count="67">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
@@ -919,50 +910,59 @@
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
@@ -1244,50 +1244,61 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
@@ -1329,51 +1340,51 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="307">
+  <cellXfs count="311">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -1409,833 +1420,849 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="47" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...133 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="13" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="2" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="2" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1"/>
-    <xf numFmtId="16" fontId="0" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1"/>
+    <xf numFmtId="16" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="46" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="47" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="23" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="22" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...30 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="10"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="10"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
@@ -2501,116 +2528,116 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AS45"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" sqref="A1:AQ1"/>
+      <selection pane="topRight" activeCell="Z15" sqref="Z15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="15.5546875" style="131" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="44" max="44" width="4.33203125" customWidth="1"/>
+    <col min="1" max="1" width="15.5703125" style="135" customWidth="1"/>
+    <col min="2" max="2" width="13.7109375" customWidth="1"/>
+    <col min="3" max="3" width="3.140625" style="113" customWidth="1"/>
+    <col min="4" max="41" width="2.85546875" customWidth="1"/>
+    <col min="42" max="42" width="2.7109375" customWidth="1"/>
+    <col min="43" max="43" width="2.85546875" customWidth="1"/>
+    <col min="44" max="44" width="4.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:45" s="3" customFormat="1" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:45" s="3" customFormat="1" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="279" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="B1" s="280"/>
       <c r="C1" s="280"/>
       <c r="D1" s="280"/>
       <c r="E1" s="280"/>
       <c r="F1" s="280"/>
       <c r="G1" s="280"/>
       <c r="H1" s="280"/>
       <c r="I1" s="280"/>
       <c r="J1" s="280"/>
       <c r="K1" s="280"/>
       <c r="L1" s="280"/>
       <c r="M1" s="280"/>
       <c r="N1" s="280"/>
       <c r="O1" s="280"/>
       <c r="P1" s="280"/>
       <c r="Q1" s="280"/>
       <c r="R1" s="280"/>
       <c r="S1" s="280"/>
       <c r="T1" s="280"/>
       <c r="U1" s="280"/>
       <c r="V1" s="280"/>
       <c r="W1" s="280"/>
       <c r="X1" s="280"/>
       <c r="Y1" s="280"/>
       <c r="Z1" s="280"/>
       <c r="AA1" s="280"/>
       <c r="AB1" s="280"/>
       <c r="AC1" s="280"/>
       <c r="AD1" s="280"/>
       <c r="AE1" s="280"/>
       <c r="AF1" s="280"/>
       <c r="AG1" s="280"/>
       <c r="AH1" s="280"/>
       <c r="AI1" s="280"/>
       <c r="AJ1" s="280"/>
       <c r="AK1" s="280"/>
       <c r="AL1" s="280"/>
       <c r="AM1" s="280"/>
       <c r="AN1" s="280"/>
       <c r="AO1" s="280"/>
       <c r="AP1" s="280"/>
       <c r="AQ1" s="281"/>
       <c r="AR1" s="1"/>
       <c r="AS1" s="2"/>
     </row>
-    <row r="2" spans="1:45" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:45" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="282" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="284" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="286" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="288" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="289"/>
       <c r="F2" s="289"/>
       <c r="G2" s="289"/>
       <c r="H2" s="289"/>
       <c r="I2" s="289"/>
       <c r="J2" s="289"/>
       <c r="K2" s="290"/>
       <c r="L2" s="288" t="s">
         <v>4</v>
       </c>
       <c r="M2" s="289"/>
       <c r="N2" s="289"/>
       <c r="O2" s="289"/>
@@ -2630,51 +2657,51 @@
       <c r="AA2" s="290"/>
       <c r="AB2" s="289" t="s">
         <v>6</v>
       </c>
       <c r="AC2" s="289"/>
       <c r="AD2" s="289"/>
       <c r="AE2" s="289"/>
       <c r="AF2" s="289"/>
       <c r="AG2" s="289"/>
       <c r="AH2" s="289"/>
       <c r="AI2" s="289"/>
       <c r="AJ2" s="288" t="s">
         <v>7</v>
       </c>
       <c r="AK2" s="289"/>
       <c r="AL2" s="289"/>
       <c r="AM2" s="289"/>
       <c r="AN2" s="289"/>
       <c r="AO2" s="289"/>
       <c r="AP2" s="289"/>
       <c r="AQ2" s="290"/>
       <c r="AR2" s="4" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="1:45" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:45" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="283"/>
       <c r="B3" s="285"/>
       <c r="C3" s="287"/>
       <c r="D3" s="5">
         <v>1</v>
       </c>
       <c r="E3" s="6">
         <v>2</v>
       </c>
       <c r="F3" s="6">
         <v>3</v>
       </c>
       <c r="G3" s="6">
         <v>4</v>
       </c>
       <c r="H3" s="6">
         <v>5</v>
       </c>
       <c r="I3" s="6">
         <v>6</v>
       </c>
       <c r="J3" s="6">
         <v>7</v>
       </c>
       <c r="K3" s="7">
@@ -2758,3127 +2785,3196 @@
       <c r="AK3" s="6">
         <v>2</v>
       </c>
       <c r="AL3" s="6">
         <v>3</v>
       </c>
       <c r="AM3" s="6">
         <v>4</v>
       </c>
       <c r="AN3" s="6">
         <v>5</v>
       </c>
       <c r="AO3" s="6">
         <v>6</v>
       </c>
       <c r="AP3" s="10">
         <v>7</v>
       </c>
       <c r="AQ3" s="11">
         <v>8</v>
       </c>
       <c r="AR3" s="12" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="4" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B4" s="171" t="s">
+    <row r="4" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="240" t="s">
+        <v>47</v>
+      </c>
+      <c r="B4" s="176" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="13">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="D4" s="14">
         <v>3</v>
       </c>
       <c r="E4" s="16">
+        <v>2</v>
+      </c>
+      <c r="F4" s="15">
         <v>7</v>
       </c>
-      <c r="F4" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="G4" s="16" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="H4" s="16">
         <v>1</v>
       </c>
       <c r="I4" s="16"/>
       <c r="J4" s="16"/>
       <c r="K4" s="17"/>
       <c r="L4" s="14">
-        <v>2</v>
-[...4 lines deleted...]
-      <c r="N4" s="16">
+        <v>8</v>
+      </c>
+      <c r="M4" s="16">
         <v>4</v>
       </c>
-      <c r="O4" s="16" t="s">
+      <c r="N4" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="P4" s="16" t="s">
-[...5 lines deleted...]
-      <c r="R4" s="16">
+      <c r="O4" s="16">
+        <v>5</v>
+      </c>
+      <c r="P4" s="16">
         <v>6</v>
+      </c>
+      <c r="Q4" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="R4" s="16" t="s">
+        <v>50</v>
       </c>
       <c r="S4" s="18"/>
       <c r="T4" s="19"/>
       <c r="U4" s="20"/>
       <c r="V4" s="20"/>
       <c r="W4" s="20"/>
       <c r="X4" s="20"/>
       <c r="Y4" s="20"/>
       <c r="Z4" s="20"/>
       <c r="AA4" s="21"/>
       <c r="AB4" s="22"/>
       <c r="AC4" s="20"/>
       <c r="AD4" s="20"/>
       <c r="AE4" s="20"/>
       <c r="AF4" s="20"/>
       <c r="AG4" s="20"/>
       <c r="AH4" s="23"/>
       <c r="AI4" s="24"/>
       <c r="AJ4" s="25"/>
       <c r="AK4" s="26"/>
       <c r="AL4" s="26"/>
       <c r="AM4" s="26"/>
       <c r="AN4" s="26"/>
       <c r="AO4" s="26"/>
       <c r="AP4" s="26"/>
       <c r="AQ4" s="27"/>
       <c r="AR4" s="28">
-        <f t="shared" ref="AR4:AR5" si="0">COUNTA(D4:AP4)</f>
+        <f t="shared" ref="AR4:AR36" si="0">COUNTA(D4:AP4)</f>
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B5" s="170" t="s">
+    <row r="5" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="291" t="s">
+        <v>75</v>
+      </c>
+      <c r="B5" s="175" t="s">
         <v>12</v>
       </c>
-      <c r="C5" s="58">
-[...18 lines deleted...]
-      <c r="R5" s="169">
+      <c r="C5" s="59">
+        <v>32</v>
+      </c>
+      <c r="D5" s="88"/>
+      <c r="E5" s="60"/>
+      <c r="F5" s="60"/>
+      <c r="G5" s="64"/>
+      <c r="H5" s="64">
         <v>8</v>
       </c>
-      <c r="S5" s="179"/>
-[...14 lines deleted...]
-      <c r="AH5" s="184"/>
+      <c r="I5" s="64"/>
+      <c r="J5" s="64"/>
+      <c r="K5" s="199"/>
+      <c r="L5" s="30"/>
+      <c r="M5" s="31"/>
+      <c r="N5" s="31"/>
+      <c r="O5" s="31"/>
+      <c r="P5" s="31"/>
+      <c r="Q5" s="204"/>
+      <c r="R5" s="174" t="s">
+        <v>50</v>
+      </c>
+      <c r="S5" s="185"/>
+      <c r="T5" s="196"/>
+      <c r="U5" s="257"/>
+      <c r="V5" s="257"/>
+      <c r="W5" s="257"/>
+      <c r="X5" s="257"/>
+      <c r="Y5" s="257"/>
+      <c r="Z5" s="259"/>
+      <c r="AA5" s="199"/>
+      <c r="AB5" s="260"/>
+      <c r="AC5" s="257"/>
+      <c r="AD5" s="257"/>
+      <c r="AE5" s="257"/>
+      <c r="AF5" s="257"/>
+      <c r="AG5" s="257"/>
+      <c r="AH5" s="261"/>
       <c r="AI5" s="185"/>
-      <c r="AJ5" s="180"/>
-[...7 lines deleted...]
-      <c r="AR5" s="37">
+      <c r="AJ5" s="196"/>
+      <c r="AK5" s="257"/>
+      <c r="AL5" s="257"/>
+      <c r="AM5" s="257"/>
+      <c r="AN5" s="257"/>
+      <c r="AO5" s="257"/>
+      <c r="AP5" s="257"/>
+      <c r="AQ5" s="199"/>
+      <c r="AR5" s="38">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
     </row>
-    <row r="6" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="242" t="s">
+    <row r="6" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="292"/>
+      <c r="B6" s="175"/>
+      <c r="C6" s="29"/>
+      <c r="D6" s="30"/>
+      <c r="E6" s="257"/>
+      <c r="F6" s="257"/>
+      <c r="G6" s="31"/>
+      <c r="H6" s="31"/>
+      <c r="I6" s="31"/>
+      <c r="J6" s="31"/>
+      <c r="K6" s="32"/>
+      <c r="L6" s="76"/>
+      <c r="M6" s="49"/>
+      <c r="N6" s="49"/>
+      <c r="O6" s="49"/>
+      <c r="P6" s="49"/>
+      <c r="Q6" s="50"/>
+      <c r="R6" s="174"/>
+      <c r="S6" s="187"/>
+      <c r="T6" s="76"/>
+      <c r="U6" s="49"/>
+      <c r="V6" s="49"/>
+      <c r="W6" s="49"/>
+      <c r="X6" s="49"/>
+      <c r="Y6" s="262"/>
+      <c r="Z6" s="49"/>
+      <c r="AA6" s="32"/>
+      <c r="AB6" s="263"/>
+      <c r="AC6" s="264"/>
+      <c r="AD6" s="49"/>
+      <c r="AE6" s="264"/>
+      <c r="AF6" s="264"/>
+      <c r="AG6" s="49"/>
+      <c r="AH6" s="49"/>
+      <c r="AI6" s="187"/>
+      <c r="AJ6" s="76"/>
+      <c r="AK6" s="49"/>
+      <c r="AL6" s="49"/>
+      <c r="AM6" s="49"/>
+      <c r="AN6" s="49"/>
+      <c r="AO6" s="49"/>
+      <c r="AP6" s="49"/>
+      <c r="AQ6" s="32"/>
+      <c r="AR6" s="38">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="241" t="s">
         <v>13</v>
       </c>
-      <c r="B6" s="38" t="s">
+      <c r="B7" s="39" t="s">
         <v>14</v>
       </c>
-      <c r="C6" s="39">
+      <c r="C7" s="40">
         <v>32</v>
       </c>
-      <c r="D6" s="43" t="s">
+      <c r="D7" s="44" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" s="41">
+        <v>5</v>
+      </c>
+      <c r="F7" s="41">
+        <v>6</v>
+      </c>
+      <c r="G7" s="41"/>
+      <c r="H7" s="41"/>
+      <c r="I7" s="258" t="s">
+        <v>11</v>
+      </c>
+      <c r="J7" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" s="44"/>
+      <c r="L7" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="M7" s="42">
+        <v>6</v>
+      </c>
+      <c r="N7" s="41">
+        <v>6</v>
+      </c>
+      <c r="O7" s="42"/>
+      <c r="P7" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q7" s="41"/>
+      <c r="R7" s="41"/>
+      <c r="S7" s="167" t="s">
+        <v>70</v>
+      </c>
+      <c r="T7" s="44">
+        <v>5</v>
+      </c>
+      <c r="U7" s="41">
+        <v>5</v>
+      </c>
+      <c r="V7" s="41"/>
+      <c r="W7" s="142"/>
+      <c r="X7" s="254" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y7" s="255"/>
+      <c r="Z7" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="AB7" s="42"/>
+      <c r="AC7">
+        <v>6</v>
+      </c>
+      <c r="AD7" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="AE7" s="42">
+        <v>5</v>
+      </c>
+      <c r="AF7">
+        <v>5</v>
+      </c>
+      <c r="AG7" s="247" t="s">
+        <v>11</v>
+      </c>
+      <c r="AH7" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="AJ7" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="AK7" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="AL7" s="265" t="s">
+        <v>11</v>
+      </c>
+      <c r="AM7" s="41">
+        <v>6</v>
+      </c>
+      <c r="AN7" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="AO7" s="256" t="s">
+        <v>11</v>
+      </c>
+      <c r="AP7" s="206"/>
+      <c r="AQ7" s="43"/>
+      <c r="AR7" s="28">
+        <f>COUNTA(D7:AP7)</f>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="8" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="244" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="45" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="46">
+        <v>31</v>
+      </c>
+      <c r="D8" s="47" t="s">
         <v>68</v>
       </c>
-      <c r="E6" s="40">
+      <c r="E8" s="48" t="s">
+        <v>68</v>
+      </c>
+      <c r="F8" s="48">
+        <v>8</v>
+      </c>
+      <c r="G8" s="48"/>
+      <c r="H8" s="48" t="s">
+        <v>54</v>
+      </c>
+      <c r="I8" s="48">
+        <v>7</v>
+      </c>
+      <c r="J8" s="48" t="s">
+        <v>50</v>
+      </c>
+      <c r="K8" s="145"/>
+      <c r="L8" s="238">
+        <v>7</v>
+      </c>
+      <c r="M8" s="48" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" s="48">
+        <v>8</v>
+      </c>
+      <c r="O8" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="P8" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q8" s="48">
+        <v>8</v>
+      </c>
+      <c r="R8" s="48"/>
+      <c r="S8" s="11"/>
+      <c r="T8" s="47" t="s">
+        <v>49</v>
+      </c>
+      <c r="U8" s="48" t="s">
+        <v>68</v>
+      </c>
+      <c r="V8" s="48"/>
+      <c r="W8" s="94">
+        <v>7</v>
+      </c>
+      <c r="X8" s="48" t="s">
+        <v>50</v>
+      </c>
+      <c r="Y8" s="111"/>
+      <c r="Z8" s="48"/>
+      <c r="AA8" s="145"/>
+      <c r="AB8" s="107" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC8" s="50">
+        <v>8</v>
+      </c>
+      <c r="AD8" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="AE8" s="50" t="s">
+        <v>68</v>
+      </c>
+      <c r="AF8" s="50"/>
+      <c r="AG8" s="251"/>
+      <c r="AH8" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="AI8" s="32"/>
+      <c r="AJ8" s="47" t="s">
+        <v>50</v>
+      </c>
+      <c r="AK8" s="48" t="s">
+        <v>68</v>
+      </c>
+      <c r="AL8" s="48" t="s">
+        <v>68</v>
+      </c>
+      <c r="AM8" s="48">
+        <v>8</v>
+      </c>
+      <c r="AN8" s="48">
+        <v>7</v>
+      </c>
+      <c r="AO8" s="6">
+        <v>7</v>
+      </c>
+      <c r="AP8" s="48"/>
+      <c r="AQ8" s="11"/>
+      <c r="AR8" s="51">
+        <f t="shared" si="0"/>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="9" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="240" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" s="52" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="40">
+        <v>24</v>
+      </c>
+      <c r="D9" s="205" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" s="206">
+        <v>4</v>
+      </c>
+      <c r="F9" s="206" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" s="207" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" s="206"/>
+      <c r="I9" s="207"/>
+      <c r="J9" s="207" t="s">
+        <v>53</v>
+      </c>
+      <c r="K9" s="208"/>
+      <c r="L9" s="14"/>
+      <c r="M9" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="N9" s="55" t="s">
+        <v>68</v>
+      </c>
+      <c r="O9" s="16">
+        <v>7</v>
+      </c>
+      <c r="P9" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q9" s="55" t="s">
+        <v>11</v>
+      </c>
+      <c r="R9" s="56"/>
+      <c r="S9" s="266"/>
+      <c r="T9" s="44">
+        <v>7</v>
+      </c>
+      <c r="U9" s="53" t="s">
+        <v>50</v>
+      </c>
+      <c r="V9" s="41" t="s">
+        <v>68</v>
+      </c>
+      <c r="W9" s="249">
+        <v>4</v>
+      </c>
+      <c r="X9" s="142" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y9" s="143"/>
+      <c r="Z9" s="144"/>
+      <c r="AA9" s="54"/>
+      <c r="AB9" s="138" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC9" s="41">
+        <v>7</v>
+      </c>
+      <c r="AD9" s="41"/>
+      <c r="AE9" s="142" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF9" s="53" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG9" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="AH9" s="142" t="s">
+        <v>78</v>
+      </c>
+      <c r="AI9" s="140"/>
+      <c r="AJ9" s="269"/>
+      <c r="AK9" s="155"/>
+      <c r="AL9" s="270"/>
+      <c r="AM9" s="270"/>
+      <c r="AN9" s="270"/>
+      <c r="AO9" s="155"/>
+      <c r="AP9" s="271"/>
+      <c r="AQ9" s="27"/>
+      <c r="AR9" s="28">
+        <f t="shared" si="0"/>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="10" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="57" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" s="58" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="59">
+        <v>33</v>
+      </c>
+      <c r="D10" s="63" t="s">
+        <v>49</v>
+      </c>
+      <c r="E10" s="64"/>
+      <c r="F10" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" s="62" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10" s="64"/>
+      <c r="I10" s="62"/>
+      <c r="J10" s="62"/>
+      <c r="K10" s="234"/>
+      <c r="L10" s="63" t="s">
+        <v>65</v>
+      </c>
+      <c r="M10" s="62" t="s">
+        <v>50</v>
+      </c>
+      <c r="N10" s="62" t="s">
+        <v>68</v>
+      </c>
+      <c r="O10" s="64">
+        <v>8</v>
+      </c>
+      <c r="P10" s="267" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q10" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="R10" s="62"/>
+      <c r="S10" s="268"/>
+      <c r="T10" s="88">
+        <v>8</v>
+      </c>
+      <c r="U10" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="V10" s="64" t="s">
+        <v>68</v>
+      </c>
+      <c r="W10" s="64">
         <v>5</v>
       </c>
-      <c r="F6" s="40">
+      <c r="X10" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="Y10" s="62" t="s">
+        <v>63</v>
+      </c>
+      <c r="Z10" s="62"/>
+      <c r="AA10" s="194"/>
+      <c r="AB10" s="103"/>
+      <c r="AC10" s="62"/>
+      <c r="AD10" s="64"/>
+      <c r="AE10" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="AF10" s="62" t="s">
+        <v>52</v>
+      </c>
+      <c r="AG10" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="AH10" s="62"/>
+      <c r="AI10" s="194"/>
+      <c r="AJ10" s="164"/>
+      <c r="AK10" s="71"/>
+      <c r="AL10" s="163"/>
+      <c r="AM10" s="163"/>
+      <c r="AN10" s="71"/>
+      <c r="AO10" s="102"/>
+      <c r="AP10" s="87"/>
+      <c r="AQ10" s="72"/>
+      <c r="AR10" s="68">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="57" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" s="58" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" s="59">
+        <v>33</v>
+      </c>
+      <c r="D11" s="63"/>
+      <c r="E11" s="64">
         <v>6</v>
       </c>
-      <c r="G6" s="40"/>
-[...1 lines deleted...]
-      <c r="I6" s="259" t="s">
+      <c r="F11" s="84"/>
+      <c r="G11" s="62"/>
+      <c r="H11" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="I11" s="62" t="s">
+        <v>49</v>
+      </c>
+      <c r="J11" s="62" t="s">
+        <v>66</v>
+      </c>
+      <c r="K11" s="234"/>
+      <c r="L11" s="63"/>
+      <c r="M11" s="62"/>
+      <c r="N11" s="62"/>
+      <c r="O11" s="64"/>
+      <c r="P11" s="267"/>
+      <c r="Q11" s="64"/>
+      <c r="R11" s="62"/>
+      <c r="S11" s="268"/>
+      <c r="T11" s="88"/>
+      <c r="U11" s="64"/>
+      <c r="V11" s="64"/>
+      <c r="W11" s="64"/>
+      <c r="X11" s="64"/>
+      <c r="Y11" s="62"/>
+      <c r="Z11" s="62"/>
+      <c r="AA11" s="194"/>
+      <c r="AB11" s="103">
+        <v>7</v>
+      </c>
+      <c r="AC11" s="62" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD11" s="64">
+        <v>6</v>
+      </c>
+      <c r="AE11" s="64"/>
+      <c r="AF11" s="62"/>
+      <c r="AG11" s="64"/>
+      <c r="AH11" s="62"/>
+      <c r="AI11" s="194"/>
+      <c r="AJ11" s="164"/>
+      <c r="AK11" s="71"/>
+      <c r="AL11" s="163"/>
+      <c r="AM11" s="163"/>
+      <c r="AN11" s="71"/>
+      <c r="AO11" s="102"/>
+      <c r="AP11" s="87"/>
+      <c r="AQ11" s="72"/>
+      <c r="AR11" s="68"/>
+    </row>
+    <row r="12" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="69" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="58" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="59">
+        <v>26</v>
+      </c>
+      <c r="D12" s="65">
+        <v>8</v>
+      </c>
+      <c r="E12" s="60">
+        <v>6</v>
+      </c>
+      <c r="F12" s="60"/>
+      <c r="G12" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="H12" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="I12" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="J12" s="60">
+        <v>7</v>
+      </c>
+      <c r="K12" s="67"/>
+      <c r="L12" s="70"/>
+      <c r="M12" s="102"/>
+      <c r="N12" s="102"/>
+      <c r="O12" s="102"/>
+      <c r="P12" s="102"/>
+      <c r="Q12" s="102"/>
+      <c r="R12" s="102"/>
+      <c r="S12" s="83"/>
+      <c r="T12" s="70"/>
+      <c r="U12" s="71"/>
+      <c r="V12" s="71"/>
+      <c r="W12" s="71"/>
+      <c r="X12" s="71"/>
+      <c r="Y12" s="71"/>
+      <c r="Z12" s="71"/>
+      <c r="AA12" s="72"/>
+      <c r="AB12" s="103">
+        <v>7</v>
+      </c>
+      <c r="AC12" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD12" s="64">
+        <v>6</v>
+      </c>
+      <c r="AE12" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="AF12" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="AG12" s="64">
+        <v>8</v>
+      </c>
+      <c r="AH12" s="64"/>
+      <c r="AI12" s="67"/>
+      <c r="AJ12" s="70"/>
+      <c r="AK12" s="71"/>
+      <c r="AL12" s="71"/>
+      <c r="AM12" s="71"/>
+      <c r="AN12" s="71"/>
+      <c r="AO12" s="71"/>
+      <c r="AP12" s="71"/>
+      <c r="AQ12" s="72"/>
+      <c r="AR12" s="68">
+        <f t="shared" si="0"/>
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="307" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" s="52" t="s">
+        <v>21</v>
+      </c>
+      <c r="C13" s="297">
+        <v>25</v>
+      </c>
+      <c r="D13" s="44" t="s">
+        <v>50</v>
+      </c>
+      <c r="E13" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="41" t="s">
         <v>68</v>
       </c>
-      <c r="J6" s="40" t="s">
-[...5 lines deleted...]
-      <c r="L6" s="43" t="s">
+      <c r="G13" s="41">
+        <v>7</v>
+      </c>
+      <c r="H13" s="41"/>
+      <c r="I13" s="41"/>
+      <c r="J13" s="53"/>
+      <c r="K13" s="167" t="s">
+        <v>73</v>
+      </c>
+      <c r="L13" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="M13" s="41">
+        <v>7</v>
+      </c>
+      <c r="N13" s="142" t="s">
+        <v>50</v>
+      </c>
+      <c r="O13" s="142" t="s">
+        <v>11</v>
+      </c>
+      <c r="P13" s="42">
+        <v>8</v>
+      </c>
+      <c r="R13" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="S13" s="193" t="s">
+        <v>74</v>
+      </c>
+      <c r="T13" s="44" t="s">
         <v>68</v>
       </c>
-      <c r="M6" s="41">
+      <c r="U13" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="V13" s="41"/>
+      <c r="W13" s="142">
+        <v>8</v>
+      </c>
+      <c r="X13" s="41" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y13" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z13" s="41">
+        <v>7</v>
+      </c>
+      <c r="AA13" s="188"/>
+      <c r="AB13" s="44">
+        <v>8</v>
+      </c>
+      <c r="AC13" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD13" s="41" t="s">
+        <v>68</v>
+      </c>
+      <c r="AE13" s="42">
+        <v>8</v>
+      </c>
+      <c r="AF13" s="142" t="s">
+        <v>68</v>
+      </c>
+      <c r="AG13" s="142" t="s">
+        <v>50</v>
+      </c>
+      <c r="AH13" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="AI13" s="210"/>
+      <c r="AJ13" s="209" t="s">
+        <v>49</v>
+      </c>
+      <c r="AK13" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="AL13" s="41">
+        <v>7</v>
+      </c>
+      <c r="AM13" s="41" t="s">
+        <v>11</v>
+      </c>
+      <c r="AN13" s="41" t="s">
+        <v>68</v>
+      </c>
+      <c r="AO13" s="41" t="s">
+        <v>68</v>
+      </c>
+      <c r="AP13" s="41"/>
+      <c r="AQ13" s="43"/>
+      <c r="AR13" s="136">
+        <f t="shared" si="0"/>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="14" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="308"/>
+      <c r="B14" s="165"/>
+      <c r="C14" s="298"/>
+      <c r="D14" s="14"/>
+      <c r="E14" s="16"/>
+      <c r="F14" s="16"/>
+      <c r="G14" s="16"/>
+      <c r="H14" s="16"/>
+      <c r="I14" s="16"/>
+      <c r="J14" s="55"/>
+      <c r="K14" s="168"/>
+      <c r="L14" s="14"/>
+      <c r="M14" s="16"/>
+      <c r="N14" s="64"/>
+      <c r="O14" s="64"/>
+      <c r="P14" s="64"/>
+      <c r="Q14" s="16"/>
+      <c r="R14" s="16"/>
+      <c r="S14" s="169"/>
+      <c r="T14" s="14"/>
+      <c r="U14" s="16"/>
+      <c r="V14" s="16"/>
+      <c r="W14" s="64"/>
+      <c r="X14" s="16"/>
+      <c r="Y14" s="16"/>
+      <c r="Z14" s="16"/>
+      <c r="AA14" s="168"/>
+      <c r="AB14" s="14"/>
+      <c r="AC14" s="16"/>
+      <c r="AD14" s="16"/>
+      <c r="AE14" s="16"/>
+      <c r="AF14" s="64"/>
+      <c r="AG14" s="64"/>
+      <c r="AH14" s="56"/>
+      <c r="AI14" s="99"/>
+      <c r="AJ14" s="196"/>
+      <c r="AK14" s="31"/>
+      <c r="AL14" s="31"/>
+      <c r="AM14" s="31"/>
+      <c r="AN14" s="197"/>
+      <c r="AO14" s="31"/>
+      <c r="AP14" s="198"/>
+      <c r="AQ14" s="199"/>
+      <c r="AR14" s="137">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="245" t="s">
+        <v>72</v>
+      </c>
+      <c r="B15" s="58" t="s">
+        <v>21</v>
+      </c>
+      <c r="C15" s="117">
+        <v>27</v>
+      </c>
+      <c r="D15" s="63" t="s">
+        <v>50</v>
+      </c>
+      <c r="E15" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="253" t="s">
+        <v>68</v>
+      </c>
+      <c r="G15" s="64">
         <v>6</v>
       </c>
-      <c r="N6" s="40" t="s">
-[...2 lines deleted...]
-      <c r="O6" s="41">
+      <c r="H15" s="64"/>
+      <c r="I15" s="64">
+        <v>5</v>
+      </c>
+      <c r="J15" s="93"/>
+      <c r="L15" s="88">
         <v>6</v>
       </c>
-      <c r="P6" s="40"/>
-      <c r="Q6" s="41">
+      <c r="M15" s="64"/>
+      <c r="N15" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="O15" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="P15" s="64"/>
+      <c r="Q15" s="64"/>
+      <c r="R15" s="120"/>
+      <c r="S15" s="171"/>
+      <c r="T15" s="88" t="s">
+        <v>68</v>
+      </c>
+      <c r="U15" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="V15" s="16">
         <v>5</v>
       </c>
-      <c r="R6" s="40"/>
-      <c r="T6" s="43">
+      <c r="W15" s="64"/>
+      <c r="X15" s="64"/>
+      <c r="Y15" s="64"/>
+      <c r="Z15" s="64"/>
+      <c r="AA15" s="92"/>
+      <c r="AB15" s="88"/>
+      <c r="AC15" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD15" s="64">
         <v>5</v>
       </c>
-      <c r="U6" s="40">
+      <c r="AE15" s="64">
+        <v>6</v>
+      </c>
+      <c r="AF15" s="64" t="s">
+        <v>68</v>
+      </c>
+      <c r="AG15" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="AH15" s="60"/>
+      <c r="AI15" s="73"/>
+      <c r="AJ15" s="88"/>
+      <c r="AK15" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="AL15" s="191">
         <v>5</v>
       </c>
-      <c r="V6" s="40"/>
-[...5 lines deleted...]
-      <c r="Z6" s="41" t="s">
+      <c r="AM15" s="64"/>
+      <c r="AN15" s="64" t="s">
         <v>68</v>
       </c>
-      <c r="AB6" s="41"/>
-[...4 lines deleted...]
-      <c r="AE6" s="41">
+      <c r="AO15" s="64">
         <v>6</v>
       </c>
-      <c r="AF6">
+      <c r="AP15" s="170"/>
+      <c r="AQ15" s="67"/>
+      <c r="AR15" s="137">
+        <f>COUNTA(D15:AP15)</f>
+        <v>20</v>
+      </c>
+      <c r="AS15" s="190"/>
+    </row>
+    <row r="16" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="309" t="s">
+        <v>55</v>
+      </c>
+      <c r="B16" s="58" t="s">
+        <v>22</v>
+      </c>
+      <c r="C16" s="117">
+        <v>7</v>
+      </c>
+      <c r="D16" s="65"/>
+      <c r="E16" s="60">
+        <v>8</v>
+      </c>
+      <c r="F16" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="G16" s="248"/>
+      <c r="H16" s="60">
         <v>5</v>
       </c>
-      <c r="AG6" s="248" t="s">
-[...6 lines deleted...]
-      <c r="AK6" s="41" t="s">
+      <c r="I16" s="60">
+        <v>6</v>
+      </c>
+      <c r="J16" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="K16" s="272"/>
+      <c r="L16" s="88"/>
+      <c r="M16" s="64"/>
+      <c r="N16" s="64">
+        <v>7</v>
+      </c>
+      <c r="O16" s="64"/>
+      <c r="P16" s="64"/>
+      <c r="Q16" s="89"/>
+      <c r="R16" s="120"/>
+      <c r="S16" s="90"/>
+      <c r="T16" s="213"/>
+      <c r="U16" s="61"/>
+      <c r="V16" s="84"/>
+      <c r="W16" s="61"/>
+      <c r="X16" s="84"/>
+      <c r="Y16" s="84"/>
+      <c r="Z16" s="273"/>
+      <c r="AA16" s="216"/>
+      <c r="AB16" s="88"/>
+      <c r="AC16" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="AD16" s="64"/>
+      <c r="AE16" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="AF16" s="64"/>
+      <c r="AG16" s="91"/>
+      <c r="AH16" s="64"/>
+      <c r="AI16" s="171"/>
+      <c r="AJ16" s="70"/>
+      <c r="AK16" s="274"/>
+      <c r="AL16" s="71"/>
+      <c r="AM16" s="71"/>
+      <c r="AN16" s="71"/>
+      <c r="AO16" s="71"/>
+      <c r="AP16" s="227"/>
+      <c r="AQ16" s="72"/>
+      <c r="AR16" s="137"/>
+    </row>
+    <row r="17" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="310"/>
+      <c r="B17" s="58" t="s">
+        <v>23</v>
+      </c>
+      <c r="C17" s="117">
+        <v>37</v>
+      </c>
+      <c r="D17" s="65"/>
+      <c r="E17" s="60"/>
+      <c r="F17" s="64"/>
+      <c r="G17" s="64"/>
+      <c r="H17" s="60"/>
+      <c r="I17" s="60"/>
+      <c r="J17" s="60"/>
+      <c r="K17" s="92" t="s">
         <v>68</v>
       </c>
-      <c r="AL6" s="256" t="s">
+      <c r="L17" s="215"/>
+      <c r="M17" s="61">
+        <v>8</v>
+      </c>
+      <c r="N17" s="84"/>
+      <c r="O17" s="84"/>
+      <c r="P17" s="84" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q17" s="84" t="s">
         <v>68</v>
       </c>
-      <c r="AM6" s="41">
+      <c r="R17" s="84" t="s">
+        <v>68</v>
+      </c>
+      <c r="S17" s="214"/>
+      <c r="T17" s="213"/>
+      <c r="U17" s="84"/>
+      <c r="V17" s="84" t="s">
+        <v>50</v>
+      </c>
+      <c r="W17" s="84"/>
+      <c r="X17" s="84" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y17" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="Z17" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="AA17" s="92"/>
+      <c r="AB17" s="65"/>
+      <c r="AC17" s="64"/>
+      <c r="AD17" s="64">
+        <v>8</v>
+      </c>
+      <c r="AE17" s="64"/>
+      <c r="AF17" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="AG17" s="64">
+        <v>7</v>
+      </c>
+      <c r="AH17" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="AI17" s="171"/>
+      <c r="AJ17" s="166"/>
+      <c r="AK17" s="102"/>
+      <c r="AL17" s="102"/>
+      <c r="AM17" s="102"/>
+      <c r="AN17" s="102"/>
+      <c r="AO17" s="102"/>
+      <c r="AP17" s="274"/>
+      <c r="AQ17" s="72"/>
+      <c r="AR17" s="137">
+        <f t="shared" si="0"/>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="18" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="301" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" s="74" t="s">
+        <v>25</v>
+      </c>
+      <c r="C18" s="304">
+        <v>39</v>
+      </c>
+      <c r="D18" s="164"/>
+      <c r="E18" s="114"/>
+      <c r="F18" s="114"/>
+      <c r="G18" s="114"/>
+      <c r="H18" s="34"/>
+      <c r="I18" s="34"/>
+      <c r="J18" s="114"/>
+      <c r="K18" s="36"/>
+      <c r="L18" s="107" t="s">
+        <v>68</v>
+      </c>
+      <c r="M18" s="50" t="s">
+        <v>49</v>
+      </c>
+      <c r="N18" s="50"/>
+      <c r="O18" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="P18" s="50"/>
+      <c r="Q18" s="50"/>
+      <c r="R18" s="64" t="s">
+        <v>68</v>
+      </c>
+      <c r="S18" s="171"/>
+      <c r="T18" s="107"/>
+      <c r="U18" s="111"/>
+      <c r="V18" s="111" t="s">
+        <v>49</v>
+      </c>
+      <c r="W18" s="50"/>
+      <c r="X18" s="111">
+        <v>8</v>
+      </c>
+      <c r="Y18" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="Z18" s="111" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA18" s="92"/>
+      <c r="AB18" s="164"/>
+      <c r="AC18" s="114"/>
+      <c r="AD18" s="114"/>
+      <c r="AE18" s="277"/>
+      <c r="AF18" s="278"/>
+      <c r="AG18" s="114"/>
+      <c r="AH18" s="186"/>
+      <c r="AI18" s="100"/>
+      <c r="AJ18" s="107"/>
+      <c r="AK18" s="50">
+        <v>8</v>
+      </c>
+      <c r="AL18" s="236"/>
+      <c r="AM18" s="50" t="s">
+        <v>68</v>
+      </c>
+      <c r="AN18" s="50" t="s">
+        <v>49</v>
+      </c>
+      <c r="AO18" s="50"/>
+      <c r="AP18" s="50"/>
+      <c r="AQ18" s="32"/>
+      <c r="AR18" s="137">
+        <f t="shared" si="0"/>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="19" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="302"/>
+      <c r="B19" s="151" t="s">
+        <v>56</v>
+      </c>
+      <c r="C19" s="305"/>
+      <c r="D19" s="33"/>
+      <c r="E19" s="34"/>
+      <c r="F19" s="34"/>
+      <c r="G19" s="34"/>
+      <c r="H19" s="34"/>
+      <c r="I19" s="34"/>
+      <c r="J19" s="34"/>
+      <c r="K19" s="36"/>
+      <c r="L19" s="76"/>
+      <c r="M19" s="49"/>
+      <c r="N19" s="50">
+        <v>5</v>
+      </c>
+      <c r="O19" s="50"/>
+      <c r="P19" s="49"/>
+      <c r="Q19" s="50">
         <v>6</v>
       </c>
-      <c r="AN6" s="256" t="s">
-[...10 lines deleted...]
-        <f>COUNTA(D6:AP6)</f>
+      <c r="R19" s="64"/>
+      <c r="S19" s="171"/>
+      <c r="T19" s="76">
+        <v>6</v>
+      </c>
+      <c r="U19" s="111"/>
+      <c r="V19" s="149"/>
+      <c r="W19" s="111"/>
+      <c r="X19" s="110"/>
+      <c r="Y19" s="50"/>
+      <c r="Z19" s="50"/>
+      <c r="AA19" s="92"/>
+      <c r="AB19" s="33"/>
+      <c r="AC19" s="114"/>
+      <c r="AD19" s="114"/>
+      <c r="AE19" s="114"/>
+      <c r="AF19" s="114"/>
+      <c r="AG19" s="114"/>
+      <c r="AH19" s="34"/>
+      <c r="AI19" s="35"/>
+      <c r="AJ19" s="76"/>
+      <c r="AK19" s="49"/>
+      <c r="AL19" s="49"/>
+      <c r="AM19" s="49"/>
+      <c r="AN19" s="49"/>
+      <c r="AO19" s="49">
+        <v>5</v>
+      </c>
+      <c r="AP19" s="49"/>
+      <c r="AQ19" s="32"/>
+      <c r="AR19" s="137">
+        <f t="shared" si="0"/>
+        <v>4</v>
+      </c>
+    </row>
+    <row r="20" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="303"/>
+      <c r="B20" s="152"/>
+      <c r="C20" s="306"/>
+      <c r="D20" s="5"/>
+      <c r="E20" s="48"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="48"/>
+      <c r="H20" s="48"/>
+      <c r="I20" s="48"/>
+      <c r="J20" s="6"/>
+      <c r="K20" s="145"/>
+      <c r="L20" s="5"/>
+      <c r="M20" s="6"/>
+      <c r="N20" s="6"/>
+      <c r="O20" s="6"/>
+      <c r="P20" s="6"/>
+      <c r="Q20" s="6"/>
+      <c r="R20" s="275"/>
+      <c r="S20" s="276"/>
+      <c r="T20" s="47"/>
+      <c r="U20" s="94"/>
+      <c r="V20" s="94"/>
+      <c r="W20" s="95"/>
+      <c r="X20" s="96"/>
+      <c r="Y20" s="96"/>
+      <c r="Z20" s="96"/>
+      <c r="AA20" s="146"/>
+      <c r="AB20" s="217"/>
+      <c r="AC20" s="96"/>
+      <c r="AD20" s="96"/>
+      <c r="AE20" s="96"/>
+      <c r="AF20" s="96"/>
+      <c r="AG20" s="96"/>
+      <c r="AH20" s="96"/>
+      <c r="AI20" s="218"/>
+      <c r="AJ20" s="5"/>
+      <c r="AK20" s="48"/>
+      <c r="AL20" s="6"/>
+      <c r="AM20" s="195"/>
+      <c r="AN20" s="6"/>
+      <c r="AO20" s="6"/>
+      <c r="AP20" s="6"/>
+      <c r="AQ20" s="11"/>
+      <c r="AR20" s="12"/>
+    </row>
+    <row r="21" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="295" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" s="97" t="s">
         <v>26</v>
       </c>
+      <c r="C21" s="297">
+        <v>28</v>
+      </c>
+      <c r="D21" s="14"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16">
+        <v>8</v>
+      </c>
+      <c r="H21" s="16">
+        <v>6</v>
+      </c>
+      <c r="I21" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="J21" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="K21" s="98"/>
+      <c r="L21" s="14" t="s">
+        <v>50</v>
+      </c>
+      <c r="M21" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="N21" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="O21" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="P21">
+        <v>5</v>
+      </c>
+      <c r="Q21" s="16">
+        <v>7</v>
+      </c>
+      <c r="R21" s="16" t="s">
+        <v>49</v>
+      </c>
+      <c r="S21" s="169"/>
+      <c r="T21" s="220" t="s">
+        <v>11</v>
+      </c>
+      <c r="U21" s="221">
+        <v>6</v>
+      </c>
+      <c r="V21" s="250" t="s">
+        <v>11</v>
+      </c>
+      <c r="W21" s="221" t="s">
+        <v>77</v>
+      </c>
+      <c r="X21" s="15">
+        <v>7</v>
+      </c>
+      <c r="Y21" s="15">
+        <v>8</v>
+      </c>
+      <c r="Z21" s="127"/>
+      <c r="AA21" s="168" t="s">
+        <v>68</v>
+      </c>
+      <c r="AB21" s="222"/>
+      <c r="AC21" s="141"/>
+      <c r="AD21" s="141"/>
+      <c r="AE21" s="141"/>
+      <c r="AF21" s="141"/>
+      <c r="AG21" s="141"/>
+      <c r="AH21" s="141"/>
+      <c r="AI21" s="223"/>
+      <c r="AJ21" s="205">
+        <v>5</v>
+      </c>
+      <c r="AK21" s="206"/>
+      <c r="AL21" s="206"/>
+      <c r="AM21" s="206"/>
+      <c r="AN21" s="206"/>
+      <c r="AO21" s="206"/>
+      <c r="AP21" s="206" t="s">
+        <v>68</v>
+      </c>
+      <c r="AQ21" s="224"/>
+      <c r="AR21" s="101">
+        <f t="shared" si="0"/>
+        <v>20</v>
+      </c>
     </row>
-    <row r="7" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="245" t="s">
+    <row r="22" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="296"/>
+      <c r="B22" s="81" t="s">
+        <v>27</v>
+      </c>
+      <c r="C22" s="298"/>
+      <c r="D22" s="88"/>
+      <c r="E22" s="60"/>
+      <c r="F22" s="60"/>
+      <c r="G22" s="60"/>
+      <c r="H22" s="60"/>
+      <c r="I22" s="60"/>
+      <c r="J22" s="64"/>
+      <c r="K22" s="67"/>
+      <c r="L22" s="65"/>
+      <c r="M22" s="64"/>
+      <c r="N22" s="60"/>
+      <c r="O22" s="60"/>
+      <c r="P22" s="60"/>
+      <c r="Q22" s="60"/>
+      <c r="R22" s="64"/>
+      <c r="S22" s="73"/>
+      <c r="T22" s="213"/>
+      <c r="U22" s="61"/>
+      <c r="V22" s="61"/>
+      <c r="W22" s="61"/>
+      <c r="X22" s="219"/>
+      <c r="Y22" s="61"/>
+      <c r="Z22" s="61"/>
+      <c r="AA22" s="216"/>
+      <c r="AB22" s="106"/>
+      <c r="AC22" s="71"/>
+      <c r="AD22" s="71"/>
+      <c r="AE22" s="71"/>
+      <c r="AF22" s="102"/>
+      <c r="AG22" s="71"/>
+      <c r="AH22" s="102"/>
+      <c r="AI22" s="83"/>
+      <c r="AJ22" s="215"/>
+      <c r="AK22" s="60"/>
+      <c r="AL22" s="84"/>
+      <c r="AM22" s="84"/>
+      <c r="AN22" s="84" t="s">
+        <v>50</v>
+      </c>
+      <c r="AO22" s="84" t="s">
+        <v>49</v>
+      </c>
+      <c r="AP22" s="61"/>
+      <c r="AQ22" s="216"/>
+      <c r="AR22" s="68">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:45" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="57" t="s">
+        <v>28</v>
+      </c>
+      <c r="B23" s="81" t="s">
+        <v>29</v>
+      </c>
+      <c r="C23" s="59">
+        <v>30</v>
+      </c>
+      <c r="D23" s="70"/>
+      <c r="E23" s="71"/>
+      <c r="F23" s="71"/>
+      <c r="G23" s="71"/>
+      <c r="H23" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="I23" s="60">
+        <v>8</v>
+      </c>
+      <c r="J23" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="K23" s="92" t="s">
+        <v>64</v>
+      </c>
+      <c r="L23" s="166"/>
+      <c r="M23" s="102"/>
+      <c r="N23" s="102"/>
+      <c r="O23" s="102"/>
+      <c r="P23" s="102"/>
+      <c r="Q23" s="102"/>
+      <c r="R23" s="102"/>
+      <c r="S23" s="172"/>
+      <c r="T23" s="88" t="s">
+        <v>11</v>
+      </c>
+      <c r="U23" s="60"/>
+      <c r="V23" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="W23" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="X23" s="64">
+        <v>6</v>
+      </c>
+      <c r="Y23" s="60">
+        <v>7</v>
+      </c>
+      <c r="Z23" s="60"/>
+      <c r="AA23" s="92" t="s">
+        <v>68</v>
+      </c>
+      <c r="AB23" s="103" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC23" s="64" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD23" s="64">
+        <v>7</v>
+      </c>
+      <c r="AE23" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF23" s="252" t="s">
+        <v>11</v>
+      </c>
+      <c r="AG23" s="64">
+        <v>6</v>
+      </c>
+      <c r="AH23" s="64">
+        <v>8</v>
+      </c>
+      <c r="AI23" s="171"/>
+      <c r="AJ23" s="70"/>
+      <c r="AK23" s="71"/>
+      <c r="AL23" s="102"/>
+      <c r="AM23" s="102"/>
+      <c r="AN23" s="71"/>
+      <c r="AO23" s="71"/>
+      <c r="AP23" s="71"/>
+      <c r="AQ23" s="72"/>
+      <c r="AR23" s="68">
+        <f t="shared" si="0"/>
+        <v>17</v>
+      </c>
+    </row>
+    <row r="24" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="57" t="s">
+        <v>30</v>
+      </c>
+      <c r="B24" s="104" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" s="105">
+        <v>30</v>
+      </c>
+      <c r="D24" s="166"/>
+      <c r="E24" s="71"/>
+      <c r="F24" s="71"/>
+      <c r="G24" s="71"/>
+      <c r="H24" s="71"/>
+      <c r="I24" s="71"/>
+      <c r="J24" s="71"/>
+      <c r="K24" s="72"/>
+      <c r="L24" s="70"/>
+      <c r="M24" s="71"/>
+      <c r="N24" s="71"/>
+      <c r="O24" s="71"/>
+      <c r="P24" s="71"/>
+      <c r="Q24" s="71"/>
+      <c r="R24" s="71"/>
+      <c r="S24" s="83"/>
+      <c r="T24" s="70"/>
+      <c r="U24" s="71"/>
+      <c r="V24" s="71"/>
+      <c r="W24" s="71"/>
+      <c r="X24" s="71"/>
+      <c r="Y24" s="71"/>
+      <c r="Z24" s="71"/>
+      <c r="AA24" s="72"/>
+      <c r="AB24" s="103" t="s">
+        <v>50</v>
+      </c>
+      <c r="AC24" s="71"/>
+      <c r="AD24" s="71"/>
+      <c r="AE24" s="71"/>
+      <c r="AF24" s="71"/>
+      <c r="AG24" s="71"/>
+      <c r="AH24" s="71"/>
+      <c r="AI24" s="83"/>
+      <c r="AJ24" s="166"/>
+      <c r="AK24" s="71"/>
+      <c r="AL24" s="20"/>
+      <c r="AM24" s="20"/>
+      <c r="AN24" s="71"/>
+      <c r="AO24" s="71"/>
+      <c r="AP24" s="71"/>
+      <c r="AQ24" s="72"/>
+      <c r="AR24" s="68">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="243" t="s">
+        <v>33</v>
+      </c>
+      <c r="B25" s="81" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" s="75">
+        <v>38</v>
+      </c>
+      <c r="D25" s="33"/>
+      <c r="E25" s="50" t="s">
+        <v>49</v>
+      </c>
+      <c r="F25" s="50" t="s">
+        <v>50</v>
+      </c>
+      <c r="G25" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="H25" s="50">
+        <v>7</v>
+      </c>
+      <c r="I25" s="50" t="s">
+        <v>68</v>
+      </c>
+      <c r="J25" s="50" t="s">
+        <v>68</v>
+      </c>
+      <c r="K25" s="189"/>
+      <c r="L25" s="33"/>
+      <c r="M25" s="34"/>
+      <c r="N25" s="34"/>
+      <c r="O25" s="34"/>
+      <c r="P25" s="34"/>
+      <c r="Q25" s="34"/>
+      <c r="R25" s="34"/>
+      <c r="S25" s="35"/>
+      <c r="T25" s="164"/>
+      <c r="U25" s="50">
+        <v>7</v>
+      </c>
+      <c r="V25" s="50">
+        <v>8</v>
+      </c>
+      <c r="W25" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="X25" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y25" s="50" t="s">
+        <v>11</v>
+      </c>
+      <c r="Z25" s="50" t="s">
+        <v>68</v>
+      </c>
+      <c r="AA25" s="189"/>
+      <c r="AB25" s="37"/>
+      <c r="AC25" s="34"/>
+      <c r="AD25" s="34"/>
+      <c r="AE25" s="34"/>
+      <c r="AF25" s="34"/>
+      <c r="AG25" s="34"/>
+      <c r="AH25" s="34"/>
+      <c r="AI25" s="35"/>
+      <c r="AJ25" s="164"/>
+      <c r="AK25" s="114"/>
+      <c r="AL25" s="114"/>
+      <c r="AM25" s="114"/>
+      <c r="AN25" s="114"/>
+      <c r="AO25" s="114"/>
+      <c r="AP25" s="85"/>
+      <c r="AQ25" s="173"/>
+      <c r="AR25" s="68">
+        <f t="shared" si="0"/>
+        <v>12</v>
+      </c>
+    </row>
+    <row r="26" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="246" t="s">
+        <v>34</v>
+      </c>
+      <c r="B26" s="108" t="s">
+        <v>35</v>
+      </c>
+      <c r="C26" s="75">
+        <v>40</v>
+      </c>
+      <c r="D26" s="33"/>
+      <c r="E26" s="34"/>
+      <c r="F26" s="34"/>
+      <c r="G26" s="34"/>
+      <c r="H26" s="34"/>
+      <c r="I26" s="34"/>
+      <c r="J26" s="34"/>
+      <c r="K26" s="36"/>
+      <c r="L26" s="109">
+        <v>2</v>
+      </c>
+      <c r="M26" s="111">
+        <v>5</v>
+      </c>
+      <c r="N26" s="110">
+        <v>1</v>
+      </c>
+      <c r="O26" s="111">
+        <v>6</v>
+      </c>
+      <c r="P26" s="111">
+        <v>7</v>
+      </c>
+      <c r="Q26" s="111" t="s">
+        <v>50</v>
+      </c>
+      <c r="R26" s="111"/>
+      <c r="S26" s="112"/>
+      <c r="T26" s="164"/>
+      <c r="U26" s="34"/>
+      <c r="V26" s="114"/>
+      <c r="W26" s="225"/>
+      <c r="X26" s="114"/>
+      <c r="Y26" s="34"/>
+      <c r="Z26" s="34"/>
+      <c r="AA26" s="36"/>
+      <c r="AB26" s="226">
+        <v>3</v>
+      </c>
+      <c r="AC26" s="110">
+        <v>2</v>
+      </c>
+      <c r="AD26" s="110"/>
+      <c r="AE26" s="111">
+        <v>4</v>
+      </c>
+      <c r="AF26" s="110">
+        <v>1</v>
+      </c>
+      <c r="AG26" s="34"/>
+      <c r="AH26" s="34"/>
+      <c r="AI26" s="35"/>
+      <c r="AJ26" s="5">
+        <v>3</v>
+      </c>
+      <c r="AK26" s="6"/>
+      <c r="AL26" s="48">
+        <v>8</v>
+      </c>
+      <c r="AM26" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AN26" s="48"/>
+      <c r="AO26" s="48">
+        <v>4</v>
+      </c>
+      <c r="AP26" s="48" t="s">
+        <v>11</v>
+      </c>
+      <c r="AQ26" s="145" t="s">
+        <v>11</v>
+      </c>
+      <c r="AR26" s="38">
+        <f>COUNTA(D26:AP26)</f>
         <v>15</v>
       </c>
-      <c r="B7" s="44" t="s">
-[...5 lines deleted...]
-      <c r="D7" s="46" t="s">
+    </row>
+    <row r="27" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="177" t="s">
+        <v>36</v>
+      </c>
+      <c r="B27" s="52" t="s">
+        <v>37</v>
+      </c>
+      <c r="C27" s="178">
+        <v>29</v>
+      </c>
+      <c r="D27" s="25"/>
+      <c r="E27" s="26"/>
+      <c r="F27" s="26"/>
+      <c r="G27" s="115"/>
+      <c r="H27" s="26"/>
+      <c r="I27" s="26"/>
+      <c r="J27" s="26"/>
+      <c r="K27" s="116"/>
+      <c r="L27" s="25"/>
+      <c r="M27" s="26"/>
+      <c r="N27" s="26"/>
+      <c r="O27" s="26"/>
+      <c r="P27" s="26"/>
+      <c r="Q27" s="26"/>
+      <c r="R27" s="26"/>
+      <c r="S27" s="27"/>
+      <c r="T27" s="25"/>
+      <c r="U27" s="26"/>
+      <c r="V27" s="154"/>
+      <c r="W27" s="26"/>
+      <c r="X27" s="26"/>
+      <c r="Y27" s="26"/>
+      <c r="Z27" s="155"/>
+      <c r="AA27" s="116"/>
+      <c r="AB27" s="25"/>
+      <c r="AC27" s="155"/>
+      <c r="AD27" s="156"/>
+      <c r="AE27" s="26"/>
+      <c r="AF27" s="157"/>
+      <c r="AG27" s="26"/>
+      <c r="AH27" s="26"/>
+      <c r="AI27" s="158"/>
+      <c r="AJ27" s="237">
+        <v>7</v>
+      </c>
+      <c r="AK27" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="AL27" s="41"/>
+      <c r="AM27" s="41"/>
+      <c r="AN27" s="41">
+        <v>5</v>
+      </c>
+      <c r="AO27" s="41" t="s">
+        <v>50</v>
+      </c>
+      <c r="AP27" s="235">
+        <v>6</v>
+      </c>
+      <c r="AQ27" s="80"/>
+      <c r="AR27" s="136">
+        <f>COUNTA(D27:AQ27)</f>
+        <v>5</v>
+      </c>
+      <c r="AS27" s="86"/>
+    </row>
+    <row r="28" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="202" t="s">
+        <v>40</v>
+      </c>
+      <c r="B28" s="165" t="s">
+        <v>38</v>
+      </c>
+      <c r="C28" s="179">
+        <v>43</v>
+      </c>
+      <c r="D28" s="70"/>
+      <c r="E28" s="71"/>
+      <c r="F28" s="71"/>
+      <c r="G28" s="71"/>
+      <c r="H28" s="71"/>
+      <c r="I28" s="71"/>
+      <c r="J28" s="71"/>
+      <c r="K28" s="83"/>
+      <c r="L28" s="70"/>
+      <c r="M28" s="71"/>
+      <c r="N28" s="71"/>
+      <c r="O28" s="71"/>
+      <c r="P28" s="71"/>
+      <c r="Q28" s="71"/>
+      <c r="R28" s="71"/>
+      <c r="S28" s="72"/>
+      <c r="T28" s="166"/>
+      <c r="U28" s="102"/>
+      <c r="V28" s="71"/>
+      <c r="W28" s="102"/>
+      <c r="X28" s="227"/>
+      <c r="Y28" s="102"/>
+      <c r="Z28" s="102"/>
+      <c r="AA28" s="83"/>
+      <c r="AB28" s="88">
+        <v>5</v>
+      </c>
+      <c r="AC28" s="64">
+        <v>5</v>
+      </c>
+      <c r="AD28" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="AE28" s="64">
+        <v>7</v>
+      </c>
+      <c r="AF28" s="64">
+        <v>7</v>
+      </c>
+      <c r="AG28" s="64" t="s">
+        <v>68</v>
+      </c>
+      <c r="AH28" s="64" t="s">
+        <v>68</v>
+      </c>
+      <c r="AI28" s="67"/>
+      <c r="AJ28" s="65">
+        <v>6</v>
+      </c>
+      <c r="AK28" s="64">
+        <v>6</v>
+      </c>
+      <c r="AL28" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="AM28" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="AN28" s="64"/>
+      <c r="AO28" s="64"/>
+      <c r="AP28" s="64"/>
+      <c r="AQ28" s="67"/>
+      <c r="AR28" s="137">
+        <f t="shared" si="0"/>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="29" spans="1:45" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="299" t="s">
+        <v>39</v>
+      </c>
+      <c r="B29" s="58" t="s">
+        <v>38</v>
+      </c>
+      <c r="C29" s="180">
+        <v>29</v>
+      </c>
+      <c r="D29" s="70"/>
+      <c r="E29" s="71"/>
+      <c r="F29" s="71"/>
+      <c r="G29" s="71"/>
+      <c r="H29" s="71"/>
+      <c r="I29" s="71"/>
+      <c r="J29" s="71"/>
+      <c r="K29" s="83"/>
+      <c r="L29" s="70"/>
+      <c r="M29" s="71"/>
+      <c r="N29" s="71"/>
+      <c r="O29" s="71"/>
+      <c r="P29" s="71"/>
+      <c r="Q29" s="71"/>
+      <c r="R29" s="71"/>
+      <c r="S29" s="72"/>
+      <c r="T29" s="166"/>
+      <c r="U29" s="102"/>
+      <c r="V29" s="102"/>
+      <c r="W29" s="102"/>
+      <c r="X29" s="71"/>
+      <c r="Y29" s="71"/>
+      <c r="Z29" s="102"/>
+      <c r="AA29" s="83"/>
+      <c r="AB29" s="88">
+        <v>5</v>
+      </c>
+      <c r="AC29" s="64">
+        <v>5</v>
+      </c>
+      <c r="AD29" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="AE29" s="64">
+        <v>7</v>
+      </c>
+      <c r="AF29" s="64">
+        <v>7</v>
+      </c>
+      <c r="AG29" s="102"/>
+      <c r="AH29" s="102"/>
+      <c r="AI29" s="72"/>
+      <c r="AJ29" s="65">
+        <v>6</v>
+      </c>
+      <c r="AK29" s="60">
+        <v>6</v>
+      </c>
+      <c r="AL29" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="AM29" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="AN29" s="60"/>
+      <c r="AO29" s="60">
+        <v>8</v>
+      </c>
+      <c r="AP29" s="60"/>
+      <c r="AQ29" s="67"/>
+      <c r="AR29" s="137">
+        <f t="shared" si="0"/>
+        <v>10</v>
+      </c>
+    </row>
+    <row r="30" spans="1:45" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="300"/>
+      <c r="B30" s="181" t="s">
+        <v>37</v>
+      </c>
+      <c r="C30" s="182">
+        <v>29</v>
+      </c>
+      <c r="D30" s="77"/>
+      <c r="E30" s="78"/>
+      <c r="F30" s="78"/>
+      <c r="G30" s="78"/>
+      <c r="H30" s="78"/>
+      <c r="I30" s="78"/>
+      <c r="J30" s="78"/>
+      <c r="K30" s="148"/>
+      <c r="L30" s="77"/>
+      <c r="M30" s="78"/>
+      <c r="N30" s="78"/>
+      <c r="O30" s="78"/>
+      <c r="P30" s="78"/>
+      <c r="Q30" s="78"/>
+      <c r="R30" s="78"/>
+      <c r="S30" s="79"/>
+      <c r="T30" s="77"/>
+      <c r="U30" s="78"/>
+      <c r="V30" s="228"/>
+      <c r="W30" s="78"/>
+      <c r="X30" s="78"/>
+      <c r="Y30" s="78"/>
+      <c r="Z30" s="78"/>
+      <c r="AA30" s="148"/>
+      <c r="AB30" s="5"/>
+      <c r="AC30" s="6"/>
+      <c r="AD30" s="6"/>
+      <c r="AE30" s="6"/>
+      <c r="AF30" s="48"/>
+      <c r="AG30" s="48"/>
+      <c r="AH30" s="48"/>
+      <c r="AI30" s="11"/>
+      <c r="AJ30" s="229"/>
+      <c r="AK30" s="6"/>
+      <c r="AL30" s="6"/>
+      <c r="AM30" s="6"/>
+      <c r="AN30" s="6"/>
+      <c r="AO30" s="6"/>
+      <c r="AP30" s="6">
+        <v>8</v>
+      </c>
+      <c r="AQ30" s="11"/>
+      <c r="AR30" s="12">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:45" ht="16.899999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="201" t="s">
         <v>58</v>
       </c>
-      <c r="E7" s="47" t="s">
-[...1745 lines deleted...]
-      <c r="B30" s="95" t="s">
+      <c r="B31" s="97" t="s">
         <v>41</v>
       </c>
-      <c r="C30" s="146">
+      <c r="C31" s="150">
         <v>45</v>
       </c>
-      <c r="D30" s="229"/>
-[...94 lines deleted...]
-      <c r="L31" s="231"/>
+      <c r="D31" s="230"/>
+      <c r="E31" s="231"/>
+      <c r="F31" s="232"/>
+      <c r="G31" s="232"/>
+      <c r="H31" s="231"/>
+      <c r="I31" s="100"/>
+      <c r="J31" s="211"/>
+      <c r="K31" s="21"/>
+      <c r="L31" s="19"/>
       <c r="M31" s="20"/>
       <c r="N31" s="20"/>
       <c r="O31" s="20"/>
       <c r="P31" s="20"/>
       <c r="Q31" s="20"/>
       <c r="R31" s="20"/>
       <c r="S31" s="24"/>
-      <c r="T31" s="19"/>
-[...24 lines deleted...]
-        <f>COUNTA(D31:AO31)</f>
+      <c r="T31" s="147">
+        <v>3</v>
+      </c>
+      <c r="U31" s="15">
+        <v>8</v>
+      </c>
+      <c r="V31" s="15"/>
+      <c r="W31" s="16" t="s">
+        <v>79</v>
+      </c>
+      <c r="X31" s="15">
+        <v>4</v>
+      </c>
+      <c r="Y31" s="15">
+        <v>6</v>
+      </c>
+      <c r="Z31" s="15"/>
+      <c r="AA31" s="17"/>
+      <c r="AB31" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="AC31" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="AD31" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE31" s="16"/>
+      <c r="AF31" s="247" t="s">
+        <v>50</v>
+      </c>
+      <c r="AG31" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="AH31" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="AI31" s="17"/>
+      <c r="AJ31" s="120"/>
+      <c r="AK31" s="118"/>
+      <c r="AL31" s="118"/>
+      <c r="AM31" s="86"/>
+      <c r="AN31" s="86"/>
+      <c r="AO31" s="188"/>
+      <c r="AP31" s="184"/>
+      <c r="AQ31" s="86"/>
+      <c r="AR31" s="101">
+        <f>COUNTA(D31:AP31)</f>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="32" spans="1:45" s="86" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="241" t="s">
+        <v>59</v>
+      </c>
+      <c r="B32" s="81" t="s">
+        <v>42</v>
+      </c>
+      <c r="C32" s="242">
+        <v>13</v>
+      </c>
+      <c r="D32" s="192">
         <v>5</v>
       </c>
+      <c r="E32" s="120">
+        <v>7</v>
+      </c>
+      <c r="F32" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="G32" s="120">
+        <v>1</v>
+      </c>
+      <c r="H32" s="120"/>
+      <c r="I32" s="203"/>
+      <c r="J32" s="120" t="s">
+        <v>49</v>
+      </c>
+      <c r="K32" s="17"/>
+      <c r="L32" s="19"/>
+      <c r="M32" s="20"/>
+      <c r="N32" s="20"/>
+      <c r="O32" s="20"/>
+      <c r="P32" s="20"/>
+      <c r="Q32" s="20"/>
+      <c r="R32" s="20"/>
+      <c r="S32" s="24"/>
+      <c r="T32" s="19"/>
+      <c r="U32" s="20"/>
+      <c r="V32" s="20"/>
+      <c r="W32" s="71"/>
+      <c r="X32" s="20"/>
+      <c r="Y32" s="20"/>
+      <c r="Z32" s="20"/>
+      <c r="AA32" s="21"/>
+      <c r="AB32" s="19"/>
+      <c r="AC32" s="20"/>
+      <c r="AD32" s="20"/>
+      <c r="AE32" s="20"/>
+      <c r="AF32" s="82"/>
+      <c r="AG32" s="20"/>
+      <c r="AH32" s="20"/>
+      <c r="AI32" s="21"/>
+      <c r="AJ32" s="211"/>
+      <c r="AK32" s="211"/>
+      <c r="AL32" s="211"/>
+      <c r="AM32" s="211"/>
+      <c r="AN32" s="211"/>
+      <c r="AO32" s="211"/>
+      <c r="AP32" s="232"/>
+      <c r="AQ32" s="233"/>
+      <c r="AR32" s="68">
+        <f>COUNTA(D32:AP32)</f>
+        <v>5</v>
+      </c>
     </row>
-    <row r="32" spans="1:45" s="84" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B32" s="79" t="s">
+    <row r="33" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="119" t="s">
+        <v>60</v>
+      </c>
+      <c r="B33" s="81" t="s">
         <v>43</v>
       </c>
-      <c r="C32" s="114"/>
-[...4 lines deleted...]
-      <c r="F32" s="63">
+      <c r="C33" s="117">
+        <v>44</v>
+      </c>
+      <c r="D33" s="103">
         <v>7</v>
       </c>
-      <c r="G32" s="63" t="s">
-[...5 lines deleted...]
-      <c r="I32" s="63">
+      <c r="E33" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="F33" s="64">
         <v>5</v>
       </c>
-      <c r="J32" s="63">
+      <c r="G33" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="H33" s="64" t="s">
+        <v>68</v>
+      </c>
+      <c r="I33" s="64"/>
+      <c r="J33" s="64">
         <v>8</v>
       </c>
-      <c r="K32" s="90"/>
-[...14 lines deleted...]
-      <c r="V32" s="63">
+      <c r="K33" s="67"/>
+      <c r="L33" s="70"/>
+      <c r="M33" s="71"/>
+      <c r="N33" s="71"/>
+      <c r="O33" s="71"/>
+      <c r="P33" s="71"/>
+      <c r="Q33" s="71"/>
+      <c r="R33" s="71"/>
+      <c r="S33" s="83"/>
+      <c r="T33" s="88" t="s">
+        <v>50</v>
+      </c>
+      <c r="U33" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="V33" s="64">
         <v>7</v>
       </c>
-      <c r="W32" s="118"/>
-      <c r="X32" s="63">
+      <c r="W33" s="121"/>
+      <c r="X33" s="64">
         <v>5</v>
       </c>
-      <c r="Y32" s="63" t="s">
-[...2 lines deleted...]
-      <c r="Z32" s="63">
+      <c r="Y33" s="64" t="s">
+        <v>68</v>
+      </c>
+      <c r="Z33" s="64">
         <v>8</v>
       </c>
-      <c r="AA32" s="90"/>
-[...9 lines deleted...]
-      <c r="AK32" s="63">
+      <c r="AA33" s="67"/>
+      <c r="AB33" s="70"/>
+      <c r="AC33" s="71"/>
+      <c r="AD33" s="71"/>
+      <c r="AE33" s="71"/>
+      <c r="AF33" s="71"/>
+      <c r="AG33" s="71"/>
+      <c r="AH33" s="102"/>
+      <c r="AI33" s="212"/>
+      <c r="AJ33" s="88" t="s">
+        <v>68</v>
+      </c>
+      <c r="AK33" s="64">
         <v>5</v>
       </c>
-      <c r="AL32" s="63"/>
-[...3 lines deleted...]
-      <c r="AN32" s="63">
+      <c r="AL33" s="64"/>
+      <c r="AM33" s="121">
+        <v>7</v>
+      </c>
+      <c r="AN33" s="64">
         <v>8</v>
       </c>
-      <c r="AO32" s="63">
+      <c r="AO33" s="64"/>
+      <c r="AP33" s="64"/>
+      <c r="AQ33" s="67"/>
+      <c r="AR33" s="68">
+        <f t="shared" si="0"/>
+        <v>16</v>
+      </c>
+    </row>
+    <row r="34" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="57" t="s">
+        <v>61</v>
+      </c>
+      <c r="B34" s="81" t="s">
+        <v>43</v>
+      </c>
+      <c r="C34" s="117">
+        <v>44</v>
+      </c>
+      <c r="D34" s="103">
+        <v>6</v>
+      </c>
+      <c r="E34" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="F34" s="64"/>
+      <c r="G34" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="H34" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="I34" s="64"/>
+      <c r="J34" s="64"/>
+      <c r="K34" s="67"/>
+      <c r="L34" s="70"/>
+      <c r="M34" s="71"/>
+      <c r="N34" s="71"/>
+      <c r="O34" s="71"/>
+      <c r="P34" s="71"/>
+      <c r="Q34" s="71"/>
+      <c r="R34" s="71"/>
+      <c r="S34" s="83"/>
+      <c r="T34" s="88" t="s">
+        <v>50</v>
+      </c>
+      <c r="U34" s="64" t="s">
+        <v>49</v>
+      </c>
+      <c r="V34" s="64">
+        <v>6</v>
+      </c>
+      <c r="W34" s="123" t="s">
+        <v>11</v>
+      </c>
+      <c r="X34" s="64"/>
+      <c r="Y34" s="64"/>
+      <c r="Z34" s="64"/>
+      <c r="AA34" s="67"/>
+      <c r="AB34" s="70"/>
+      <c r="AC34" s="71"/>
+      <c r="AD34" s="71"/>
+      <c r="AE34" s="71"/>
+      <c r="AF34" s="71"/>
+      <c r="AG34" s="71"/>
+      <c r="AH34" s="71"/>
+      <c r="AI34" s="72"/>
+      <c r="AJ34" s="88" t="s">
+        <v>11</v>
+      </c>
+      <c r="AK34" s="64"/>
+      <c r="AL34" s="64">
+        <v>6</v>
+      </c>
+      <c r="AM34" s="64"/>
+      <c r="AN34" s="60"/>
+      <c r="AO34" s="64"/>
+      <c r="AP34" s="64"/>
+      <c r="AQ34" s="67"/>
+      <c r="AR34" s="68">
+        <f t="shared" si="0"/>
+        <v>10</v>
+      </c>
+    </row>
+    <row r="35" spans="1:45" s="86" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="122" t="s">
+        <v>44</v>
+      </c>
+      <c r="B35" s="81" t="s">
+        <v>43</v>
+      </c>
+      <c r="C35" s="117">
+        <v>44</v>
+      </c>
+      <c r="D35" s="66"/>
+      <c r="E35" s="64"/>
+      <c r="F35" s="60"/>
+      <c r="G35" s="60"/>
+      <c r="H35" s="60"/>
+      <c r="I35" s="60"/>
+      <c r="J35" s="60"/>
+      <c r="K35" s="67"/>
+      <c r="L35" s="63"/>
+      <c r="M35" s="60"/>
+      <c r="N35" s="60"/>
+      <c r="O35" s="60"/>
+      <c r="P35" s="60"/>
+      <c r="Q35" s="64" t="s">
+        <v>51</v>
+      </c>
+      <c r="R35" s="60"/>
+      <c r="S35" s="73"/>
+      <c r="T35" s="65"/>
+      <c r="U35" s="60"/>
+      <c r="V35" s="60"/>
+      <c r="W35" s="191"/>
+      <c r="X35" s="93"/>
+      <c r="Y35" s="60"/>
+      <c r="Z35" s="60"/>
+      <c r="AA35" s="67"/>
+      <c r="AB35" s="65"/>
+      <c r="AC35" s="60"/>
+      <c r="AD35" s="60"/>
+      <c r="AE35" s="60"/>
+      <c r="AF35" s="60"/>
+      <c r="AG35" s="64" t="s">
+        <v>51</v>
+      </c>
+      <c r="AH35" s="60"/>
+      <c r="AI35" s="67"/>
+      <c r="AJ35" s="200"/>
+      <c r="AK35" s="60"/>
+      <c r="AM35" s="93"/>
+      <c r="AN35" s="239"/>
+      <c r="AP35" s="60"/>
+      <c r="AQ35" s="67"/>
+      <c r="AR35" s="68">
+        <f t="shared" si="0"/>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:45" s="86" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="293" t="s">
+        <v>45</v>
+      </c>
+      <c r="B36" s="45" t="s">
+        <v>62</v>
+      </c>
+      <c r="C36" s="183" t="s">
+        <v>46</v>
+      </c>
+      <c r="D36" s="139"/>
+      <c r="E36" s="78"/>
+      <c r="F36" s="78"/>
+      <c r="G36" s="78"/>
+      <c r="H36" s="78"/>
+      <c r="I36" s="153"/>
+      <c r="J36" s="159"/>
+      <c r="K36" s="79"/>
+      <c r="L36" s="77"/>
+      <c r="M36" s="78"/>
+      <c r="N36" s="78"/>
+      <c r="O36" s="78"/>
+      <c r="P36" s="78"/>
+      <c r="Q36" s="160"/>
+      <c r="R36" s="78"/>
+      <c r="S36" s="148"/>
+      <c r="T36" s="161"/>
+      <c r="U36" s="160"/>
+      <c r="V36" s="78"/>
+      <c r="W36" s="78"/>
+      <c r="X36" s="78"/>
+      <c r="Y36" s="78"/>
+      <c r="Z36" s="162"/>
+      <c r="AA36" s="79"/>
+      <c r="AB36" s="77"/>
+      <c r="AC36" s="78"/>
+      <c r="AD36" s="78"/>
+      <c r="AE36" s="153"/>
+      <c r="AF36" s="78"/>
+      <c r="AG36" s="78"/>
+      <c r="AH36" s="159"/>
+      <c r="AI36" s="79"/>
+      <c r="AJ36" s="47">
+        <v>8</v>
+      </c>
+      <c r="AK36" s="48">
         <v>7</v>
       </c>
-      <c r="AP32" s="63"/>
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="AL36" s="48" t="s">
+        <v>49</v>
+      </c>
+      <c r="AM36" s="48">
+        <v>5</v>
+      </c>
+      <c r="AN36" s="10">
+        <v>6</v>
+      </c>
+      <c r="AO36" s="124"/>
+      <c r="AP36" s="125" t="s">
+        <v>50</v>
+      </c>
+      <c r="AQ36" s="11"/>
+      <c r="AR36" s="51">
+        <f t="shared" si="0"/>
+        <v>6</v>
       </c>
     </row>
-    <row r="33" spans="1:45" s="84" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="D33" s="100">
+    <row r="37" spans="1:45" s="86" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="294"/>
+      <c r="B37" s="127">
+        <v>5</v>
+      </c>
+      <c r="C37" s="113"/>
+      <c r="D37" s="128">
+        <f>COUNTIF(D$4:D$36,"5*")</f>
+        <v>0</v>
+      </c>
+      <c r="E37" s="128">
+        <f t="shared" ref="E37:AQ37" si="1">COUNTIF(E$4:E$36,"5")</f>
+        <v>1</v>
+      </c>
+      <c r="F37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="G37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="H37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="I37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="J37" s="128">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="K37" s="128">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="L37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="M37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="N37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="O37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="P37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="Q37" s="128">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="R37" s="128">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="S37" s="128">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="T37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="U37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="V37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="W37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="X37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="Y37" s="128">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="Z37" s="128">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AA37" s="128">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AB37" s="128">
+        <f t="shared" si="1"/>
+        <v>2</v>
+      </c>
+      <c r="AC37" s="128">
+        <f t="shared" si="1"/>
+        <v>2</v>
+      </c>
+      <c r="AD37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="AE37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="AF37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="AG37" s="128">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AH37" s="128">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AI37" s="128">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AJ37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="AK37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="AL37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="AM37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="AN37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="AO37" s="128">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="AP37" s="128">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AQ37" s="128">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AR37" s="127">
+        <f t="shared" ref="AR37:AR38" si="2">SUM(D37:AQ37)</f>
+        <v>28</v>
+      </c>
+    </row>
+    <row r="38" spans="1:45" s="86" customFormat="1" ht="1.1499999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="126"/>
+      <c r="B38" s="127">
         <v>6</v>
       </c>
-      <c r="E33" s="63" t="s">
-[...58 lines deleted...]
-        <v>10</v>
+      <c r="C38" s="113"/>
+      <c r="D38" s="130">
+        <f t="shared" ref="D38:AQ38" si="3">COUNTIF(D$4:D$36,"6")</f>
+        <v>1</v>
+      </c>
+      <c r="E38" s="130">
+        <f t="shared" si="3"/>
+        <v>2</v>
+      </c>
+      <c r="F38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="G38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="H38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="I38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="J38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="K38" s="130">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="L38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="M38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="N38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="O38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="P38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="Q38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="R38" s="130">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="S38" s="130">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="T38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="U38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="V38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="W38" s="130">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="X38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="Y38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="Z38" s="130">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AA38" s="130">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AB38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="AC38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="AD38" s="130">
+        <f t="shared" si="3"/>
+        <v>2</v>
+      </c>
+      <c r="AE38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="AF38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="AG38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="AH38" s="130">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AI38" s="130">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AJ38" s="130">
+        <f t="shared" si="3"/>
+        <v>2</v>
+      </c>
+      <c r="AK38" s="130">
+        <f t="shared" si="3"/>
+        <v>2</v>
+      </c>
+      <c r="AL38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="AM38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="AN38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="AO38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="AP38" s="130">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="AQ38" s="130">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AR38" s="127">
+        <f t="shared" si="2"/>
+        <v>35</v>
       </c>
     </row>
-    <row r="34" spans="1:45" s="84" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...58 lines deleted...]
-      </c>
+    <row r="39" spans="1:45" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="126"/>
+      <c r="B39" s="127"/>
+      <c r="D39" s="130"/>
+      <c r="E39" s="130"/>
+      <c r="F39" s="130"/>
+      <c r="G39" s="130"/>
+      <c r="H39" s="130"/>
+      <c r="I39" s="130"/>
+      <c r="J39" s="130"/>
+      <c r="K39" s="130"/>
+      <c r="L39" s="130"/>
+      <c r="M39" s="130"/>
+      <c r="N39" s="130"/>
+      <c r="O39" s="130"/>
+      <c r="P39" s="130"/>
+      <c r="Q39" s="130"/>
+      <c r="R39" s="130"/>
+      <c r="S39" s="130"/>
+      <c r="T39" s="130"/>
+      <c r="U39" s="130"/>
+      <c r="V39" s="130"/>
+      <c r="W39" s="130"/>
+      <c r="X39" s="130"/>
+      <c r="Y39" s="130"/>
+      <c r="Z39" s="130"/>
+      <c r="AA39" s="130"/>
+      <c r="AB39" s="130"/>
+      <c r="AC39" s="130"/>
+      <c r="AD39" s="130"/>
+      <c r="AE39" s="130"/>
+      <c r="AF39" s="130"/>
+      <c r="AG39" s="130"/>
+      <c r="AH39" s="130"/>
+      <c r="AI39" s="130"/>
+      <c r="AJ39" s="130"/>
+      <c r="AK39" s="130"/>
+      <c r="AL39" s="130"/>
+      <c r="AM39" s="130"/>
+      <c r="AN39" s="130"/>
+      <c r="AO39" s="130"/>
+      <c r="AP39" s="130"/>
+      <c r="AQ39" s="130"/>
+      <c r="AR39" s="127"/>
     </row>
-    <row r="35" spans="1:45" s="84" customFormat="1" ht="1.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...54 lines deleted...]
-      </c>
+    <row r="40" spans="1:45" x14ac:dyDescent="0.2">
+      <c r="A40" s="126"/>
+      <c r="B40" s="131"/>
+      <c r="C40" s="132"/>
+      <c r="D40" s="133"/>
+      <c r="E40" s="133"/>
+      <c r="F40" s="133"/>
+      <c r="G40" s="133"/>
+      <c r="H40" s="133"/>
+      <c r="I40" s="133"/>
+      <c r="J40" s="133"/>
+      <c r="K40" s="133"/>
+      <c r="L40" s="133"/>
+      <c r="M40" s="133"/>
+      <c r="N40" s="133"/>
+      <c r="O40" s="133"/>
+      <c r="P40" s="133"/>
+      <c r="Q40" s="133"/>
+      <c r="R40" s="133"/>
+      <c r="S40" s="133"/>
+      <c r="T40" s="133"/>
+      <c r="U40" s="133"/>
+      <c r="V40" s="133"/>
+      <c r="W40" s="133"/>
+      <c r="X40" s="133"/>
+      <c r="Y40" s="133"/>
+      <c r="Z40" s="133"/>
+      <c r="AA40" s="133"/>
+      <c r="AB40" s="133"/>
+      <c r="AC40" s="133"/>
+      <c r="AD40" s="133"/>
+      <c r="AE40" s="133"/>
+      <c r="AF40" s="133"/>
+      <c r="AG40" s="133"/>
+      <c r="AH40" s="133"/>
+      <c r="AI40" s="133"/>
+      <c r="AJ40" s="133"/>
+      <c r="AK40" s="133"/>
+      <c r="AL40" s="133"/>
+      <c r="AM40" s="133"/>
+      <c r="AN40" s="133"/>
+      <c r="AO40" s="133"/>
+      <c r="AP40" s="133"/>
+      <c r="AQ40" s="133"/>
+      <c r="AR40" s="127"/>
+      <c r="AS40" s="129"/>
     </row>
-    <row r="36" spans="1:45" ht="15" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...170 lines deleted...]
-      </c>
+    <row r="41" spans="1:45" x14ac:dyDescent="0.2">
+      <c r="A41" s="126"/>
+      <c r="B41" s="131"/>
+      <c r="C41" s="132"/>
+      <c r="D41" s="134"/>
+      <c r="E41" s="134"/>
+      <c r="F41" s="134"/>
+      <c r="G41" s="134"/>
+      <c r="H41" s="134"/>
+      <c r="I41" s="134"/>
+      <c r="J41" s="134"/>
+      <c r="K41" s="134"/>
+      <c r="L41" s="134"/>
+      <c r="M41" s="134"/>
+      <c r="N41" s="134"/>
+      <c r="O41" s="134"/>
+      <c r="P41" s="134"/>
+      <c r="Q41" s="134"/>
+      <c r="R41" s="134"/>
+      <c r="S41" s="134"/>
+      <c r="T41" s="134"/>
+      <c r="U41" s="134"/>
+      <c r="V41" s="134"/>
+      <c r="W41" s="134"/>
+      <c r="X41" s="134"/>
+      <c r="Y41" s="134"/>
+      <c r="Z41" s="134"/>
+      <c r="AA41" s="134"/>
+      <c r="AB41" s="134"/>
+      <c r="AC41" s="134"/>
+      <c r="AD41" s="134"/>
+      <c r="AE41" s="134"/>
+      <c r="AF41" s="134"/>
+      <c r="AG41" s="134"/>
+      <c r="AH41" s="134"/>
+      <c r="AI41" s="134"/>
+      <c r="AJ41" s="134"/>
+      <c r="AK41" s="134"/>
+      <c r="AL41" s="134"/>
+      <c r="AM41" s="134"/>
+      <c r="AN41" s="134"/>
+      <c r="AO41" s="134"/>
+      <c r="AP41" s="134"/>
+      <c r="AQ41" s="134"/>
+      <c r="AR41" s="127"/>
+      <c r="AS41" s="129"/>
     </row>
-    <row r="37" spans="1:45" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
-[...167 lines deleted...]
-      <c r="AS37" s="125"/>
+    <row r="42" spans="1:45" x14ac:dyDescent="0.2">
+      <c r="A42" s="126"/>
+      <c r="B42" s="127"/>
+      <c r="D42" s="134"/>
+      <c r="E42" s="134"/>
+      <c r="F42" s="134"/>
+      <c r="G42" s="134"/>
+      <c r="H42" s="134"/>
+      <c r="I42" s="134"/>
+      <c r="J42" s="134"/>
+      <c r="K42" s="134"/>
+      <c r="L42" s="134"/>
+      <c r="M42" s="134"/>
+      <c r="N42" s="134"/>
+      <c r="O42" s="134"/>
+      <c r="P42" s="134"/>
+      <c r="Q42" s="134"/>
+      <c r="R42" s="134"/>
+      <c r="S42" s="134"/>
+      <c r="T42" s="134"/>
+      <c r="U42" s="134"/>
+      <c r="V42" s="134"/>
+      <c r="W42" s="134"/>
+      <c r="X42" s="134"/>
+      <c r="Y42" s="134"/>
+      <c r="Z42" s="134"/>
+      <c r="AA42" s="134"/>
+      <c r="AB42" s="134"/>
+      <c r="AC42" s="134"/>
+      <c r="AD42" s="134"/>
+      <c r="AE42" s="134"/>
+      <c r="AF42" s="134"/>
+      <c r="AG42" s="134"/>
+      <c r="AH42" s="134"/>
+      <c r="AI42" s="134"/>
+      <c r="AJ42" s="134"/>
+      <c r="AK42" s="134"/>
+      <c r="AL42" s="134"/>
+      <c r="AM42" s="134"/>
+      <c r="AN42" s="134"/>
+      <c r="AO42" s="134"/>
+      <c r="AP42" s="134"/>
+      <c r="AQ42" s="134"/>
+      <c r="AR42" s="127"/>
+      <c r="AS42" s="129"/>
     </row>
-    <row r="38" spans="1:45" x14ac:dyDescent="0.25">
-[...43 lines deleted...]
-      <c r="AS38" s="125"/>
+    <row r="43" spans="1:45" x14ac:dyDescent="0.2">
+      <c r="A43" s="126"/>
+      <c r="B43" s="131"/>
+      <c r="C43" s="132"/>
+      <c r="D43" s="130"/>
+      <c r="E43" s="130"/>
+      <c r="F43" s="130"/>
+      <c r="G43" s="130"/>
+      <c r="H43" s="130"/>
+      <c r="I43" s="130"/>
+      <c r="J43" s="130"/>
+      <c r="K43" s="130"/>
+      <c r="L43" s="130"/>
+      <c r="M43" s="130"/>
+      <c r="N43" s="130"/>
+      <c r="O43" s="130"/>
+      <c r="P43" s="130"/>
+      <c r="Q43" s="130"/>
+      <c r="R43" s="130"/>
+      <c r="S43" s="130"/>
+      <c r="T43" s="130"/>
+      <c r="U43" s="130"/>
+      <c r="V43" s="130"/>
+      <c r="W43" s="130"/>
+      <c r="X43" s="130"/>
+      <c r="Y43" s="130"/>
+      <c r="Z43" s="130"/>
+      <c r="AA43" s="130"/>
+      <c r="AB43" s="130"/>
+      <c r="AC43" s="130"/>
+      <c r="AD43" s="130"/>
+      <c r="AE43" s="130"/>
+      <c r="AF43" s="130"/>
+      <c r="AG43" s="130"/>
+      <c r="AH43" s="130"/>
+      <c r="AI43" s="130"/>
+      <c r="AJ43" s="130"/>
+      <c r="AK43" s="130"/>
+      <c r="AL43" s="130"/>
+      <c r="AM43" s="130"/>
+      <c r="AN43" s="130"/>
+      <c r="AO43" s="130"/>
+      <c r="AP43" s="130"/>
+      <c r="AQ43" s="130"/>
+      <c r="AR43" s="127"/>
+      <c r="AS43" s="129"/>
     </row>
-    <row r="39" spans="1:45" x14ac:dyDescent="0.25">
-[...44 lines deleted...]
-      <c r="AS39" s="125"/>
+    <row r="44" spans="1:45" x14ac:dyDescent="0.2">
+      <c r="A44" s="126"/>
+      <c r="B44" s="131"/>
+      <c r="C44" s="132"/>
+      <c r="D44" s="130"/>
+      <c r="E44" s="130"/>
+      <c r="F44" s="130"/>
+      <c r="G44" s="130"/>
+      <c r="H44" s="130"/>
+      <c r="I44" s="130"/>
+      <c r="J44" s="130"/>
+      <c r="K44" s="130"/>
+      <c r="L44" s="130"/>
+      <c r="M44" s="130"/>
+      <c r="N44" s="130"/>
+      <c r="O44" s="130"/>
+      <c r="P44" s="130"/>
+      <c r="Q44" s="130"/>
+      <c r="R44" s="130"/>
+      <c r="S44" s="130"/>
+      <c r="T44" s="130"/>
+      <c r="U44" s="130"/>
+      <c r="V44" s="130"/>
+      <c r="W44" s="130"/>
+      <c r="X44" s="130"/>
+      <c r="Y44" s="130"/>
+      <c r="Z44" s="130"/>
+      <c r="AA44" s="130"/>
+      <c r="AB44" s="130"/>
+      <c r="AC44" s="130"/>
+      <c r="AD44" s="130"/>
+      <c r="AE44" s="130"/>
+      <c r="AF44" s="130"/>
+      <c r="AG44" s="130"/>
+      <c r="AH44" s="130"/>
+      <c r="AI44" s="130"/>
+      <c r="AJ44" s="130"/>
+      <c r="AK44" s="130"/>
+      <c r="AL44" s="130"/>
+      <c r="AM44" s="130"/>
+      <c r="AN44" s="130"/>
+      <c r="AO44" s="130"/>
+      <c r="AP44" s="130"/>
+      <c r="AQ44" s="130"/>
+      <c r="AR44" s="127"/>
+      <c r="AS44" s="129"/>
     </row>
-    <row r="40" spans="1:45" x14ac:dyDescent="0.25">
-[...189 lines deleted...]
-      <c r="A45" s="122"/>
+    <row r="45" spans="1:45" x14ac:dyDescent="0.2">
+      <c r="A45" s="126"/>
+      <c r="AS45" s="129"/>
     </row>
   </sheetData>
-  <mergeCells count="18">
-[...3 lines deleted...]
-    <mergeCell ref="A14:A16"/>
+  <mergeCells count="19">
+    <mergeCell ref="A5:A6"/>
     <mergeCell ref="A36:A37"/>
-    <mergeCell ref="A20:A21"/>
-[...2 lines deleted...]
-    <mergeCell ref="C17:C19"/>
+    <mergeCell ref="A21:A22"/>
+    <mergeCell ref="C21:C22"/>
+    <mergeCell ref="A29:A30"/>
+    <mergeCell ref="A18:A20"/>
+    <mergeCell ref="C18:C20"/>
+    <mergeCell ref="A13:A14"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="A16:A17"/>
     <mergeCell ref="A1:AQ1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:K2"/>
     <mergeCell ref="L2:S2"/>
     <mergeCell ref="T2:AA2"/>
     <mergeCell ref="AB2:AI2"/>
     <mergeCell ref="AJ2:AQ2"/>
   </mergeCells>
-  <conditionalFormatting sqref="AS37:AS42 D36:AQ41">
+  <conditionalFormatting sqref="AS40:AS45 D37:AQ42">
     <cfRule type="cellIs" dxfId="1" priority="2" stopIfTrue="1" operator="notEqual">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D42:AQ43">
+  <conditionalFormatting sqref="D43:AQ44">
     <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="notEqual">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="7.874015748031496E-2" right="7.874015748031496E-2" top="0.59055118110236227" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="99" firstPageNumber="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" firstPageNumber="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Įvardytieji diapazonai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>