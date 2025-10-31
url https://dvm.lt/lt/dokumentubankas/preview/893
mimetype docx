--- v0 (2025-10-11)
+++ v1 (2025-10-31)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="34363F9A" w14:textId="77777777" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="007A56B8" w:rsidP="007A56B8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0042196C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>VALGYKLOS DARBO LAIKAS:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2032D6C8" w14:textId="77777777" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="007A56B8" w:rsidP="007A56B8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -216,133 +216,139 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="3289"/>
         <w:gridCol w:w="4217"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A56B8" w:rsidRPr="0042196C" w14:paraId="18127AAA" w14:textId="77777777" w:rsidTr="001D09AF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F4DC39B" w14:textId="77777777" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="007A56B8" w:rsidP="000841F8">
+          <w:p w14:paraId="0F4DC39B" w14:textId="77777777" w:rsidR="007A56B8" w:rsidRPr="00DA27A3" w:rsidRDefault="007A56B8" w:rsidP="000841F8">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0042196C">
+            <w:r w:rsidRPr="00DA27A3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Valandos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3555C83B" w14:textId="77777777" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="007A56B8" w:rsidP="000841F8">
+          <w:p w14:paraId="3555C83B" w14:textId="77777777" w:rsidR="007A56B8" w:rsidRPr="00DA27A3" w:rsidRDefault="007A56B8" w:rsidP="000841F8">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0042196C">
+            <w:r w:rsidRPr="00DA27A3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Klasės</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4217" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36EF5EBE" w14:textId="77777777" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="007A56B8" w:rsidP="000841F8">
+          <w:p w14:paraId="36EF5EBE" w14:textId="77777777" w:rsidR="007A56B8" w:rsidRPr="00DA27A3" w:rsidRDefault="007A56B8" w:rsidP="000841F8">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0042196C">
+            <w:r w:rsidRPr="00DA27A3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:color w:val="0070C0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Valgoma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A56B8" w:rsidRPr="0042196C" w14:paraId="173E16FB" w14:textId="77777777" w:rsidTr="001D09AF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17F884DB" w14:textId="2E1363EF" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="001D09AF" w:rsidP="000841F8">
@@ -482,645 +488,708 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042196C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10.35-11.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FF8FCA1" w14:textId="1D0738E0" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="001D09AF" w:rsidP="000841F8">
+          <w:p w14:paraId="2FF8FCA1" w14:textId="2CE441CF" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="001D09AF" w:rsidP="000841F8">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042196C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="007A56B8" w:rsidRPr="0042196C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>-8 ir I-IVG</w:t>
+              <w:t>-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4217" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E0081E7" w14:textId="77777777" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="007A56B8" w:rsidP="000841F8">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042196C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Pietūs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A56B8" w:rsidRPr="0042196C" w14:paraId="428668FF" w14:textId="77777777" w:rsidTr="001D09AF">
+      <w:tr w:rsidR="007A56B8" w:rsidRPr="0042196C" w14:paraId="428668FF" w14:textId="77777777" w:rsidTr="000E4DC9">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CCD44FB" w14:textId="28956FC8" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="007A56B8" w:rsidP="000841F8">
+          <w:p w14:paraId="4CCD44FB" w14:textId="4CCFC34F" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="000E4DC9" w:rsidP="000841F8">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11.50-12.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3289" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79DC3DFA" w14:textId="487974A8" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="000E4DC9" w:rsidP="000841F8">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Darbuotojai, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0042196C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>I-IVG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11429623" w14:textId="4ACFC3ED" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="000E4DC9" w:rsidP="000841F8">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042196C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>12.45</w:t>
+              <w:t>Pietūs</w:t>
             </w:r>
-            <w:r w:rsidR="001D09AF" w:rsidRPr="0042196C">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E4DC9" w:rsidRPr="0042196C" w14:paraId="2821203D" w14:textId="77777777" w:rsidTr="001D09AF">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="789A244B" w14:textId="77B13896" w:rsidR="000E4DC9" w:rsidRPr="0042196C" w:rsidRDefault="000E4DC9" w:rsidP="000E4DC9">
+            <w:pPr>
+              <w:pStyle w:val="Betarp"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0042196C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E33B86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0042196C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79DC3DFA" w14:textId="16D3A605" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="001D09AF" w:rsidP="000841F8">
+          <w:p w14:paraId="4C6F41A3" w14:textId="1612DB7B" w:rsidR="000E4DC9" w:rsidRPr="0042196C" w:rsidRDefault="000E4DC9" w:rsidP="000E4DC9">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042196C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Pailgintos darbo dienos grupė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4217" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11429623" w14:textId="4708E4A9" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="001D09AF" w:rsidP="000841F8">
+          <w:p w14:paraId="6335F5BC" w14:textId="6C7AC3BD" w:rsidR="000E4DC9" w:rsidRPr="0042196C" w:rsidRDefault="000E4DC9" w:rsidP="000E4DC9">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042196C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Pietūs, u</w:t>
-[...8 lines deleted...]
-              <w:t>žkandžiai, gėrimai</w:t>
+              <w:t>Pietūs, užkandžiai, gėrimai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3976E5E3" w14:textId="77777777" w:rsidR="007A56B8" w:rsidRPr="0042196C" w:rsidRDefault="007A56B8" w:rsidP="00E14467">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="215E1AD8" w14:textId="77777777" w:rsidR="00E47E5D" w:rsidRPr="009C4CD2" w:rsidRDefault="00E42278" w:rsidP="00E14467">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>MOKINIŲ MAITINIMO PASLAUGOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4188DA47" w14:textId="3631F637" w:rsidR="00CB49A2" w:rsidRPr="00123C39" w:rsidRDefault="007F3113" w:rsidP="009C4CD2">
+    <w:p w14:paraId="4188DA47" w14:textId="0D4479E4" w:rsidR="00CB49A2" w:rsidRPr="009C4CD2" w:rsidRDefault="007F3113" w:rsidP="009C4CD2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C39">
+      <w:r w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Nuo 20</w:t>
       </w:r>
-      <w:r w:rsidR="001D09AF" w:rsidRPr="00123C39">
+      <w:r w:rsidR="001D09AF" w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
-      <w:r w:rsidRPr="00123C39">
+      <w:r w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. </w:t>
       </w:r>
-      <w:r w:rsidR="001D09AF" w:rsidRPr="00123C39">
+      <w:r w:rsidR="001D09AF" w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>rugsėjo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00123C39">
+      <w:r w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> mėn. </w:t>
       </w:r>
-      <w:r w:rsidR="001D09AF" w:rsidRPr="00123C39">
+      <w:r w:rsidR="001D09AF" w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00123C39">
+      <w:r w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> d. </w:t>
       </w:r>
-      <w:r w:rsidR="00722E50" w:rsidRPr="00123C39">
+      <w:r w:rsidR="00722E50" w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>mai</w:t>
       </w:r>
-      <w:r w:rsidR="000841F8" w:rsidRPr="00123C39">
-[...69 lines deleted...]
-      <w:r w:rsidR="003F0C6D" w:rsidRPr="00123C39">
+      <w:r w:rsidR="000841F8" w:rsidRPr="009C4CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tinimo paslaugas gimnazijoje, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E242D5" w:rsidRPr="009C4CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pagrindinio ugdymo ir priešmokyklinio ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidR="00722E50" w:rsidRPr="009C4CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>skyriuose teikia</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0C6D" w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6038EEF0" w14:textId="77777777" w:rsidR="00AF25C0" w:rsidRPr="00123C39" w:rsidRDefault="001D09AF" w:rsidP="001B2AC9">
+    <w:p w14:paraId="6038EEF0" w14:textId="77777777" w:rsidR="00AF25C0" w:rsidRDefault="001D09AF" w:rsidP="001B2AC9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C39">
+      <w:r w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>UAB</w:t>
       </w:r>
-      <w:r w:rsidR="00AF05F1" w:rsidRPr="00123C39">
+      <w:r w:rsidR="00AF05F1" w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> „</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00123C39">
+      <w:r w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Sotega</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00722E50" w:rsidRPr="00123C39">
+      <w:r w:rsidR="00722E50" w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00AF25C0" w:rsidRPr="00123C39">
+      <w:r w:rsidR="00AF25C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A2AB75A" w14:textId="01C43BDB" w:rsidR="003F0C6D" w:rsidRPr="00123C39" w:rsidRDefault="00AF25C0" w:rsidP="001B2AC9">
+    <w:p w14:paraId="3A2AB75A" w14:textId="01C43BDB" w:rsidR="003F0C6D" w:rsidRPr="009C4CD2" w:rsidRDefault="00AF25C0" w:rsidP="001B2AC9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C39">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">adresas internete </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00123C39">
+        <w:r w:rsidRPr="00DD107C">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>https://sotega.lt/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00123C39">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74088AA9" w14:textId="212116D1" w:rsidR="009C4CD2" w:rsidRPr="00123C39" w:rsidRDefault="00AF25C0" w:rsidP="00AF25C0">
+    <w:p w14:paraId="74088AA9" w14:textId="212116D1" w:rsidR="009C4CD2" w:rsidRPr="00E33B86" w:rsidRDefault="00AF25C0" w:rsidP="00AF25C0">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="072E2D"/>
-          <w:sz w:val="29"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00123C39">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B86">
         <w:rPr>
           <w:color w:val="072E2D"/>
-          <w:sz w:val="29"/>
-          <w:szCs w:val="29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Direktorė Rita Juškienė, </w:t>
       </w:r>
-      <w:r w:rsidR="009C4CD2" w:rsidRPr="00123C39">
+      <w:r w:rsidR="009C4CD2" w:rsidRPr="00E33B86">
         <w:rPr>
           <w:color w:val="072E2D"/>
-          <w:sz w:val="29"/>
-          <w:szCs w:val="29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">El. p. </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="009C4CD2" w:rsidRPr="00123C39">
+        <w:r w:rsidR="009C4CD2" w:rsidRPr="00E33B86">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
-            <w:sz w:val="29"/>
-            <w:szCs w:val="29"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>direktore@sotega.lt</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00123C39">
+      <w:r w:rsidRPr="00E33B86">
         <w:rPr>
           <w:color w:val="072E2D"/>
-          <w:sz w:val="29"/>
-          <w:szCs w:val="29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> tel. </w:t>
       </w:r>
-      <w:r w:rsidR="009C4CD2" w:rsidRPr="00123C39">
+      <w:r w:rsidR="009C4CD2" w:rsidRPr="00E33B86">
         <w:rPr>
           <w:color w:val="072E2D"/>
-          <w:sz w:val="29"/>
-          <w:szCs w:val="29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>+370 618 769 47</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06BC6DE2" w14:textId="77777777" w:rsidR="009C4CD2" w:rsidRPr="00123C39" w:rsidRDefault="009C4CD2" w:rsidP="009C4CD2">
+    <w:p w14:paraId="06BC6DE2" w14:textId="77777777" w:rsidR="009C4CD2" w:rsidRPr="00E33B86" w:rsidRDefault="009C4CD2" w:rsidP="009C4CD2">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="072E2D"/>
-          <w:sz w:val="29"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00123C39">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E33B86">
         <w:rPr>
           <w:color w:val="072E2D"/>
-          <w:sz w:val="29"/>
-          <w:szCs w:val="29"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Stoties g. 17, LT-90115 Plungė</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05D02D94" w14:textId="77777777" w:rsidR="009C4CD2" w:rsidRPr="00123C39" w:rsidRDefault="009C4CD2" w:rsidP="009C4CD2">
+    <w:p w14:paraId="05D02D94" w14:textId="77777777" w:rsidR="009C4CD2" w:rsidRPr="0042196C" w:rsidRDefault="009C4CD2" w:rsidP="009C4CD2">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="300" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C39">
+      <w:r w:rsidRPr="0042196C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Įmonės kodas: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00123C39">
+      <w:r w:rsidRPr="0042196C">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>301681743</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E713C44" w14:textId="77777777" w:rsidR="009C4CD2" w:rsidRPr="0042196C" w:rsidRDefault="009C4CD2" w:rsidP="009C4CD2">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="300" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123C39">
+      <w:r w:rsidRPr="0042196C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PVM kodas: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00123C39">
+      <w:r w:rsidRPr="0042196C">
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>LT100005852811</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65352A70" w14:textId="77777777" w:rsidR="002A13E5" w:rsidRPr="009C4CD2" w:rsidRDefault="00A15785" w:rsidP="001B2AC9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Teikiamos </w:t>
       </w:r>
@@ -1242,240 +1311,288 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> dieninėse vasaros poilsio stovyklose</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ABF7AC5" w14:textId="77777777" w:rsidR="000643A3" w:rsidRPr="009C4CD2" w:rsidRDefault="000643A3" w:rsidP="001B2AC9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Pietūs mokiniams, mokytojams ir darbuotojams</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ED5A160" w14:textId="77777777" w:rsidR="000643A3" w:rsidRPr="009C4CD2" w:rsidRDefault="000643A3" w:rsidP="001B2AC9">
+    <w:p w14:paraId="0ED5A160" w14:textId="5D217C24" w:rsidR="000643A3" w:rsidRPr="009C4CD2" w:rsidRDefault="000643A3" w:rsidP="001B2AC9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Laisvai pasirenkami šalti ir (ar) šilti užkandžiai</w:t>
+      </w:r>
+      <w:r w:rsidR="00656CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pertraukų metu</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="349C9021" w14:textId="77777777" w:rsidR="00BB6196" w:rsidRPr="009C4CD2" w:rsidRDefault="000643A3" w:rsidP="00084C7E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Pusryčiai, priešpiečiai, pietūs, vakarienė ikimokyklinio ugdymo įstaigose</w:t>
       </w:r>
       <w:r w:rsidR="00357654" w:rsidRPr="009C4CD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FC08C08" w14:textId="77777777" w:rsidR="00FC7C88" w:rsidRDefault="00FC7C88" w:rsidP="00356AE2">
+    <w:p w14:paraId="36EE19EA" w14:textId="77777777" w:rsidR="00FC7C88" w:rsidRDefault="00FC7C88" w:rsidP="006C04DB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75521AED" w14:textId="5C229D01" w:rsidR="00356AE2" w:rsidRPr="00356AE2" w:rsidRDefault="00500593" w:rsidP="00356AE2">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ELEKTRONINĖ</w:t>
+      </w:r>
+      <w:r w:rsidR="00356AE2" w:rsidRPr="00356AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S ATSISKAITYMO </w:t>
+      </w:r>
+      <w:r w:rsidR="00826831">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UŽ MAITINIMĄ </w:t>
+      </w:r>
+      <w:r w:rsidR="00356AE2" w:rsidRPr="00356AE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PASLAUGOS</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="539D7F1F" w14:textId="77777777" w:rsidR="00FC7C88" w:rsidRDefault="00FC7C88" w:rsidP="00356AE2">
+    <w:p w14:paraId="0A30AB4F" w14:textId="48946FCE" w:rsidR="00FC7C88" w:rsidRPr="006C04DB" w:rsidRDefault="000E4DC9" w:rsidP="00D00C44">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C04DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7C88" w:rsidRPr="006C04DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>okini</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C04DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ams sudaryta galimybė</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7C88" w:rsidRPr="006C04DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> valgykloje </w:t>
+      </w:r>
+      <w:r w:rsidR="006C04DB" w:rsidRPr="006C04DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">už maistą </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C04DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>atsiskaityti</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7C88" w:rsidRPr="006C04DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elektroniniu mokinio pažymėjimu</w:t>
+      </w:r>
+      <w:r w:rsidR="00324F7C" w:rsidRPr="006C04DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00324F7C" w:rsidRPr="006C04DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>bekontakčiu atsiskaitymo būdu (be grynųjų pinigų)</w:t>
+      </w:r>
+      <w:r w:rsidR="006C04DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00324F7C" w:rsidRPr="006C04DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="36EE19EA" w14:textId="77777777" w:rsidR="00FC7C88" w:rsidRDefault="00FC7C88" w:rsidP="00356AE2">
+    <w:p w14:paraId="39DF3C26" w14:textId="515D7A7B" w:rsidR="00FC7C88" w:rsidRDefault="00FC7C88" w:rsidP="00D00C44">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...88 lines deleted...]
-        <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54D2A17A" wp14:editId="2CFEDFCC">
             <wp:extent cx="1952625" cy="1228725"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="1" name="Paveikslėlis 1" descr="https://www.eeco.lt/wp-content/uploads/2022/12/ee-log.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="https://www.eeco.lt/wp-content/uploads/2022/12/ee-log.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
@@ -1483,123 +1600,213 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1952625" cy="1228725"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69DFE73D" w14:textId="7D8F4E55" w:rsidR="00617CCA" w:rsidRDefault="00FC7C88" w:rsidP="00D00C44">
-[...1 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="32CC43F4" w14:textId="00934266" w:rsidR="00A857BF" w:rsidRPr="00A857BF" w:rsidRDefault="00FC7C88" w:rsidP="00A857BF">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paslaugas teikia </w:t>
+      </w:r>
+      <w:r w:rsidR="00A857BF" w:rsidRPr="00A857BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>UAB</w:t>
+      </w:r>
+      <w:r w:rsidR="00A857BF" w:rsidRPr="00A857BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>EECO UAB</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC7C88">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A857BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t xml:space="preserve">EECO </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69DFE73D" w14:textId="6157B08B" w:rsidR="00617CCA" w:rsidRPr="00A857BF" w:rsidRDefault="00FC7C88" w:rsidP="00A857BF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A857BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t>Įmonės kodas 300507572</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC7C88">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w14:paraId="02085C39" w14:textId="64E4145C" w:rsidR="00DD66E1" w:rsidRPr="00A857BF" w:rsidRDefault="00DD66E1" w:rsidP="00A857BF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A857BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adresas: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A857BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8"/>
+        </w:rPr>
+        <w:t>Marijampolės g. 10, Garliava, LT-53268 Kauno r.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A857BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, tel. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A857BF" w:rsidRPr="00A857BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>0 614 64600</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00A857BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00FC7C88">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00A857BF" w:rsidRPr="00A857BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>PVM mokėtojo kodas LT100002048019</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Tinklapis </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00A857BF" w:rsidRPr="00A857BF">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaitas"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          </w:rPr>
+          <w:t>http://www.eeco.lt</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="47351792" w14:textId="77777777" w:rsidR="009E4D19" w:rsidRPr="00D375CA" w:rsidRDefault="0082385E" w:rsidP="009E4D19">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>PROGRAMA „PIENAS VAIKAMS“</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AD624A3" w14:textId="77777777" w:rsidR="00A146E4" w:rsidRPr="00D375CA" w:rsidRDefault="0082385E" w:rsidP="00D00C44">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -1699,51 +1906,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26526E9D" wp14:editId="436A4E1C">
             <wp:extent cx="4791075" cy="1419225"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="2" name="Paveikslėlis 2" descr="Vaizdo rezultatas pagal užklausą „Žemaitijos pienas logo[“"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Vaizdo rezultatas pagal užklausą „Žemaitijos pienas logo[“"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4791075" cy="1419225"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -1810,160 +2017,186 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Adresas: Sedos g. 35, Telšiai</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="643EEEDF" w14:textId="77777777" w:rsidR="00A55FD0" w:rsidRPr="00D375CA" w:rsidRDefault="00495E77" w:rsidP="00F919C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Tinklalapis: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00D375CA">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>http://www.zpienas.lt/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D5ED9A5" w14:textId="77777777" w:rsidR="00495E77" w:rsidRPr="00D375CA" w:rsidRDefault="00495E77" w:rsidP="00F919C8">
+    <w:p w14:paraId="5D5ED9A5" w14:textId="5B44B3D8" w:rsidR="00495E77" w:rsidRPr="00D375CA" w:rsidRDefault="00495E77" w:rsidP="00F919C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">El. pašto adresas: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId10" w:history="1">
+        <w:t>El. pašt</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD66E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00C73F75" w:rsidRPr="00D375CA">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>info@zpienas.lt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1AD079B8" w14:textId="77777777" w:rsidR="00C73F75" w:rsidRPr="00D375CA" w:rsidRDefault="00C73F75" w:rsidP="00F919C8">
+    <w:p w14:paraId="1AD079B8" w14:textId="7FC09240" w:rsidR="00C73F75" w:rsidRPr="00D375CA" w:rsidRDefault="00C73F75" w:rsidP="00F919C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Tel. Nr. 8</w:t>
+        <w:t xml:space="preserve">Tel. Nr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD66E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00246170" w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (444) 22201</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ADA351A" w14:textId="77777777" w:rsidR="00246170" w:rsidRPr="00D375CA" w:rsidRDefault="00246170" w:rsidP="00F919C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Teikiamos paslaugos:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3033F532" w14:textId="77777777" w:rsidR="00020029" w:rsidRPr="00D375CA" w:rsidRDefault="001A2CA4" w:rsidP="005B108D">
+    <w:p w14:paraId="54525555" w14:textId="484B5EA2" w:rsidR="00223402" w:rsidRPr="00D375CA" w:rsidRDefault="001A2CA4" w:rsidP="00DD66E1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pieno produktų </w:t>
       </w:r>
       <w:r w:rsidR="009E3825" w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>perdavimas</w:t>
       </w:r>
       <w:r w:rsidR="00A51145" w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> pradinių klasių mokiniams </w:t>
       </w:r>
       <w:r w:rsidR="00AD0E46" w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -1976,70 +2209,59 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ikimokyklinio ugdymo </w:t>
       </w:r>
       <w:r w:rsidR="00A51145" w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>įstaigų ugdytiniams</w:t>
       </w:r>
       <w:r w:rsidR="004C5D17" w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> pagal gautus užsakymus</w:t>
       </w:r>
-      <w:r w:rsidR="00787E51" w:rsidRPr="00D375CA">
+      <w:r w:rsidR="00DD66E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="39868EC4" w14:textId="77777777" w:rsidR="0042196C" w:rsidRPr="00D375CA" w:rsidRDefault="0042196C" w:rsidP="005B108D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75A0735E" w14:textId="7DBF9365" w:rsidR="005B108D" w:rsidRPr="00D375CA" w:rsidRDefault="005B108D" w:rsidP="005B108D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2216,128 +2438,158 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Adresas: </w:t>
       </w:r>
       <w:r w:rsidR="00CA4A5A" w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>An</w:t>
       </w:r>
       <w:r w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">takalnio g. 24, Vilnius </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ABAC1C6" w14:textId="77777777" w:rsidR="002361E2" w:rsidRPr="00D375CA" w:rsidRDefault="002361E2" w:rsidP="009B6A56">
+    <w:p w14:paraId="4ABAC1C6" w14:textId="75B44A9E" w:rsidR="002361E2" w:rsidRPr="00D375CA" w:rsidRDefault="002361E2" w:rsidP="009B6A56">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">El. pašto adresas </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+        <w:t>El. pašt</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD66E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>as:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00D375CA">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:iCs/>
             <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>kristina@vaisiaijums.lt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79A8B041" w14:textId="77777777" w:rsidR="00CA4A5A" w:rsidRPr="00D375CA" w:rsidRDefault="00A10AE4" w:rsidP="009B6A56">
+    <w:p w14:paraId="79A8B041" w14:textId="36603DF4" w:rsidR="00CA4A5A" w:rsidRPr="00D375CA" w:rsidRDefault="00A10AE4" w:rsidP="009B6A56">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Tel. Nr. </w:t>
       </w:r>
+      <w:r w:rsidR="00DD66E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
       <w:r w:rsidR="00CA4A5A" w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>8 68251177</w:t>
+        <w:t xml:space="preserve"> 68251177</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="577E99F5" w14:textId="77777777" w:rsidR="00A10AE4" w:rsidRPr="00D375CA" w:rsidRDefault="00A10AE4" w:rsidP="00A10AE4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Teikiamos paslaugos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE53F05" w14:textId="77777777" w:rsidR="00271CBD" w:rsidRPr="00D375CA" w:rsidRDefault="00044859" w:rsidP="008940D1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2372,98 +2624,106 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>dytiniams</w:t>
       </w:r>
       <w:r w:rsidR="00A10AE4" w:rsidRPr="00D375CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00271CBD" w:rsidRPr="00D375CA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Roboto">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08FC5C99"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="07102DB4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -3365,231 +3625,239 @@
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E14467"/>
     <w:rsid w:val="00020029"/>
     <w:rsid w:val="0004241E"/>
     <w:rsid w:val="00044859"/>
     <w:rsid w:val="00055280"/>
     <w:rsid w:val="00055DF6"/>
     <w:rsid w:val="000643A3"/>
     <w:rsid w:val="00072829"/>
     <w:rsid w:val="000841F8"/>
     <w:rsid w:val="00084C7E"/>
     <w:rsid w:val="000E1306"/>
-    <w:rsid w:val="00123C39"/>
+    <w:rsid w:val="000E4DC9"/>
     <w:rsid w:val="00193399"/>
     <w:rsid w:val="001A2CA4"/>
     <w:rsid w:val="001A6644"/>
     <w:rsid w:val="001B2AC9"/>
     <w:rsid w:val="001C5201"/>
     <w:rsid w:val="001D09AF"/>
     <w:rsid w:val="001D10CE"/>
     <w:rsid w:val="00223402"/>
     <w:rsid w:val="002361E2"/>
     <w:rsid w:val="00246170"/>
     <w:rsid w:val="00271CBD"/>
     <w:rsid w:val="002A13E5"/>
     <w:rsid w:val="002F191A"/>
+    <w:rsid w:val="00324F7C"/>
     <w:rsid w:val="003339F4"/>
     <w:rsid w:val="00356AE2"/>
     <w:rsid w:val="00357654"/>
     <w:rsid w:val="00362344"/>
     <w:rsid w:val="003770D0"/>
     <w:rsid w:val="0038236E"/>
     <w:rsid w:val="003A479A"/>
     <w:rsid w:val="003D5BB2"/>
     <w:rsid w:val="003F0C6D"/>
     <w:rsid w:val="003F68EB"/>
     <w:rsid w:val="0042196C"/>
     <w:rsid w:val="0043202D"/>
     <w:rsid w:val="00495E77"/>
     <w:rsid w:val="004C5D17"/>
     <w:rsid w:val="004C7481"/>
     <w:rsid w:val="00500593"/>
     <w:rsid w:val="00526968"/>
     <w:rsid w:val="00552F44"/>
     <w:rsid w:val="00580DC6"/>
     <w:rsid w:val="0058767A"/>
     <w:rsid w:val="005B108D"/>
     <w:rsid w:val="006032BD"/>
     <w:rsid w:val="006042F0"/>
     <w:rsid w:val="00615A63"/>
     <w:rsid w:val="00617CCA"/>
     <w:rsid w:val="00631F20"/>
     <w:rsid w:val="00656C5C"/>
+    <w:rsid w:val="00656CF0"/>
     <w:rsid w:val="00663819"/>
     <w:rsid w:val="006A78DD"/>
     <w:rsid w:val="006B3BAB"/>
+    <w:rsid w:val="006C04DB"/>
     <w:rsid w:val="00722E50"/>
     <w:rsid w:val="00747AFD"/>
     <w:rsid w:val="00754E57"/>
     <w:rsid w:val="00787E51"/>
     <w:rsid w:val="00797E28"/>
     <w:rsid w:val="007A56B8"/>
     <w:rsid w:val="007D6618"/>
     <w:rsid w:val="007E74E9"/>
     <w:rsid w:val="007F3113"/>
     <w:rsid w:val="007F49A3"/>
     <w:rsid w:val="0080318C"/>
     <w:rsid w:val="0082385E"/>
     <w:rsid w:val="00826831"/>
     <w:rsid w:val="008940D1"/>
     <w:rsid w:val="008F124A"/>
     <w:rsid w:val="00962EE5"/>
     <w:rsid w:val="009A1FD5"/>
     <w:rsid w:val="009A27E9"/>
     <w:rsid w:val="009B6A56"/>
     <w:rsid w:val="009C4CD2"/>
     <w:rsid w:val="009E3825"/>
     <w:rsid w:val="009E4D19"/>
     <w:rsid w:val="00A10AE4"/>
     <w:rsid w:val="00A146E4"/>
     <w:rsid w:val="00A15785"/>
     <w:rsid w:val="00A51145"/>
     <w:rsid w:val="00A55FD0"/>
     <w:rsid w:val="00A67D03"/>
+    <w:rsid w:val="00A857BF"/>
     <w:rsid w:val="00AD0E46"/>
     <w:rsid w:val="00AF05F1"/>
     <w:rsid w:val="00AF25C0"/>
     <w:rsid w:val="00BB0C90"/>
     <w:rsid w:val="00BB38A7"/>
     <w:rsid w:val="00BB6196"/>
     <w:rsid w:val="00C73F75"/>
     <w:rsid w:val="00CA4A5A"/>
     <w:rsid w:val="00CB49A2"/>
     <w:rsid w:val="00CD6086"/>
     <w:rsid w:val="00CF7C77"/>
     <w:rsid w:val="00D00C44"/>
     <w:rsid w:val="00D02D3C"/>
     <w:rsid w:val="00D17179"/>
     <w:rsid w:val="00D20D62"/>
     <w:rsid w:val="00D375CA"/>
     <w:rsid w:val="00D7354F"/>
     <w:rsid w:val="00D927E0"/>
+    <w:rsid w:val="00DA27A3"/>
     <w:rsid w:val="00DC2A7E"/>
     <w:rsid w:val="00DD2E25"/>
+    <w:rsid w:val="00DD66E1"/>
     <w:rsid w:val="00DE1BD2"/>
     <w:rsid w:val="00E1227C"/>
     <w:rsid w:val="00E14467"/>
     <w:rsid w:val="00E242D5"/>
+    <w:rsid w:val="00E33B86"/>
     <w:rsid w:val="00E42278"/>
     <w:rsid w:val="00E47E5D"/>
     <w:rsid w:val="00E679AB"/>
     <w:rsid w:val="00EC1950"/>
     <w:rsid w:val="00EC2230"/>
     <w:rsid w:val="00F06931"/>
     <w:rsid w:val="00F25CD4"/>
     <w:rsid w:val="00F919C8"/>
     <w:rsid w:val="00FC0E5C"/>
     <w:rsid w:val="00FC7C88"/>
     <w:rsid w:val="00FD305F"/>
     <w:rsid w:val="00FF67D3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1167BD8B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{01449466-83A4-4E2E-8881-D80D86FE347C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3917,50 +4185,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -4013,68 +4285,81 @@
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="000841F8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C4CD2"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Neapdorotaspaminjimas">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C4CD2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="439109230">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="827283389">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="62797161">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
@@ -4133,84 +4418,97 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1081486729">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1441337482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1636713100">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1790397947">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:direktore@sotega.lt" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristina@vaisiaijums.lt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sotega.lt/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@zpienas.lt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zpienas.lt/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eeco.lt" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kristina@vaisiaijums.lt" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:direktore@sotega.lt" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@zpienas.lt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sotega.lt/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zpienas.lt/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4432,72 +4730,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1585</Words>
-  <Characters>905</Characters>
+  <Words>1675</Words>
+  <Characters>956</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2486</CharactersWithSpaces>
+  <CharactersWithSpaces>2626</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Giedrius</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>